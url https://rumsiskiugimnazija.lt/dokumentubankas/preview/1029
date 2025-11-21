--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -1,1223 +1,1897 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="771A5FA8" w14:textId="77777777" w:rsidR="006A56C2" w:rsidRPr="006A56C2" w:rsidRDefault="006A56C2" w:rsidP="006A56C2">
-[...265 lines deleted...]
-    <w:p w14:paraId="2D353200" w14:textId="77777777" w:rsidR="0072629A" w:rsidRDefault="0072629A" w:rsidP="003F3630">
+    <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:ind w:left="7938"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.2570o124nlk" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kaišiadorių r. Rumšiškių </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="7938"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antano Baranausko gimnazijos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="7938"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. m. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="7938"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugdymo plano </w:t>
+      </w:r>
+      <w:r w:rsidR="002E0BD0">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F3114" w:rsidRDefault="008F3114">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="6CCBF680" w14:textId="77777777" w:rsidR="0072629A" w:rsidRDefault="00333781" w:rsidP="003F3630">
+    <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Trumpa </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve">klasės </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>(</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>grupės</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:t>(Kiek grupėje mokinių, jų mokymosi lygmuo, daugiau dėmesio reikalaujančių mokinių kiekis ir kt.)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M.M.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BC834C" w14:textId="77777777" w:rsidR="0072629A" w:rsidRDefault="00333781" w:rsidP="003F3630">
+    <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...19 lines deleted...]
-        <w:t>(pvz., 3 savaitinės pamokos, 111 pamokų per metus.)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PASIRENKAMIEJI DALYKAI IR DALYKŲ MODULIAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4605E755" w14:textId="77777777" w:rsidR="0072629A" w:rsidRDefault="00333781" w:rsidP="003F3630">
+    <w:p w:rsidR="008F3114" w:rsidRDefault="008F3114">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6B8870DB" w14:textId="77777777" w:rsidR="0072629A" w:rsidRDefault="00333781" w:rsidP="003F3630">
+    <w:p w:rsidR="008F3114" w:rsidRDefault="008F3114">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-          <w:b/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...91 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
-        <w:tblW w:w="9765" w:type="dxa"/>
+        <w:tblW w:w="9561" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1667"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1853"/>
+        <w:gridCol w:w="910"/>
+        <w:gridCol w:w="1060"/>
+        <w:gridCol w:w="10"/>
+        <w:gridCol w:w="7581"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00333781" w:rsidRPr="00130F9D" w14:paraId="4C4D0859" w14:textId="77777777" w:rsidTr="00333781">
+      <w:tr w:rsidR="008F3114">
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:tblHeader/>
+          <w:trHeight w:val="429"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="dxa"/>
-[...67 lines deleted...]
-              <w:t>Pastabos, korekcijos</w:t>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eil. Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pasirenkamieji dalykai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333781" w:rsidRPr="00130F9D" w14:paraId="08B68E7E" w14:textId="77777777" w:rsidTr="00333781">
+      <w:tr w:rsidR="008F3114">
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:tblHeader/>
+          <w:trHeight w:val="429"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00130F9D">
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-[...46 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Psichologija</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333781" w:rsidRPr="00130F9D" w14:paraId="665CD0FC" w14:textId="77777777" w:rsidTr="00333781">
+      <w:tr w:rsidR="008F3114">
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:tblHeader/>
+          <w:trHeight w:val="451"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5E852375" w14:textId="77777777" w:rsidR="00333781" w:rsidRPr="00130F9D" w:rsidRDefault="00333781" w:rsidP="003F3630">
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="008F3114">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7581" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dalykų moduliai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F3114">
+        <w:trPr>
+          <w:trHeight w:val="579"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-            </w:pPr>
-[...51 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aukštesniųjų gebėjimų ugdymo matematikos modulis ,,Aukštesniojo lygio uždavinių sprendimas“</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333781" w:rsidRPr="00130F9D" w14:paraId="10B8CA9C" w14:textId="77777777" w:rsidTr="00333781">
+      <w:tr w:rsidR="008F3114">
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:tblHeader/>
+          <w:trHeight w:val="579"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="11CA316F" w14:textId="77777777" w:rsidR="00333781" w:rsidRPr="00130F9D" w:rsidRDefault="00333781" w:rsidP="003F3630">
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-            </w:pPr>
-[...51 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aukštesniųjų gebėjimų lietuvių kalbos modulis ,,Teksto suvokimas ir kūrimas“</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333781" w:rsidRPr="00130F9D" w14:paraId="07CE32CC" w14:textId="77777777" w:rsidTr="00333781">
+      <w:tr w:rsidR="008F3114">
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:tblHeader/>
+          <w:trHeight w:val="579"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1667" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1C416F42" w14:textId="77777777" w:rsidR="00333781" w:rsidRPr="00130F9D" w:rsidRDefault="00333781" w:rsidP="003F3630">
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-            </w:pPr>
-[...51 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lietuvių kalbos modulis ,,Teksto suvokimas ir kūrimas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F3114">
+        <w:trPr>
+          <w:trHeight w:val="579"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aukštesniųjų gebėjimų ugdymo matematikos modulis ,,Aukštesniojo lygio uždavinių sprendimas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F3114">
+        <w:trPr>
+          <w:trHeight w:val="579"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žemesniųjų gebėjimų mokinių matematikos modulis ,,Matematinių uždavinių sprendimas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F3114">
+        <w:trPr>
+          <w:trHeight w:val="429"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Matematikos modulis ,,Planimetrija“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F3114">
+        <w:trPr>
+          <w:trHeight w:val="429"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">III-IV </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informatikos modulis ,,Duomenų </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tyrybos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, programavimo ir saugaus elgesio pradmenys“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F3114">
+        <w:trPr>
+          <w:trHeight w:val="429"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lietuvių kalbos ir literatūros modulis ,,Rašyba, skyryba ir kalbos vartojimas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F3114">
+        <w:trPr>
+          <w:trHeight w:val="429"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Matematikos  modulis ,,Matematikos kartojimo uždavini</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ų sprendimas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F3114">
+        <w:trPr>
+          <w:trHeight w:val="579"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Istorijos modulis ,,Istorinių žinių sisteminimas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F3114">
+        <w:trPr>
+          <w:trHeight w:val="451"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F3114" w:rsidRDefault="00360DDA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Biologijos modulis ,,Gyvybė pro mikroskopą“</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C7F6F40" w14:textId="77777777" w:rsidR="0072629A" w:rsidRDefault="0072629A" w:rsidP="003F3630"/>
-[...13 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="008F3114" w:rsidRDefault="008F3114">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0072629A" w:rsidSect="006A56C2">
+    <w:sectPr w:rsidR="008F3114">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="426" w:left="900" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="129"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0072629A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008821C6"/>
+    <w:rsidRoot w:val="008F3114"/>
+    <w:rsid w:val="002E0BD0"/>
+    <w:rsid w:val="00360DDA"/>
+    <w:rsid w:val="003B54B0"/>
+    <w:rsid w:val="008F3114"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="34B33CA9"/>
-  <w15:docId w15:val="{054A541C-AFBF-4169-8002-F3686192E32A}"/>
+  <w14:docId w14:val="1CC47EFD"/>
+  <w15:docId w15:val="{B6849407-77F0-4994-B37F-9A2078944A68}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
+        <w:lang w:val="lt" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1333,51 +2007,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1559,372 +2233,366 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00237256"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal2">
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:rsid w:val="00B645C8"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
-[...28 lines deleted...]
-    </w:pPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal1"/>
+    <w:rsid w:val="00B645C8"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a">
-[...1 lines deleted...]
-    <w:rsid w:val="0072629A"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="115" w:type="dxa"/>
-[...12 lines deleted...]
-        <w:right w:w="115" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1947,64 +2615,60 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-[...5 lines deleted...]
-                <a:shade val="93000"/>
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -2082,94 +2746,133 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhAro5pWdPU16Eu0ad5lJgUeynfRg==">CgMxLjAyCGguZ2pkZ3hzOAByITExOEFhYng1Y1hvUU9PV0ZJaHZmOXV4M1JqNlI0dk15bA==</go:docsCustomData>
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhicUZB5XL4291puW670Ar+JwtBOA==">CgMxLjAyDWguMjU3MG8xMjRubGs4AHIhMXQ5TjV3MDJtUHhPa29laWNQSTJydFZhTmxrcmc1ZkNH</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>572</Words>
-  <Characters>327</Characters>
+  <Words>700</Words>
+  <Characters>400</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>898</CharactersWithSpaces>
+  <CharactersWithSpaces>1098</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Aurelija Velionienė</dc:creator>
+  <dc:creator>Mokytojas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>