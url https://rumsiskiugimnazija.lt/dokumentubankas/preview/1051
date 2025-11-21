--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -1,1350 +1,1595 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="393CFDF2" w14:textId="77777777" w:rsidR="001B2B81" w:rsidRPr="001B2B81" w:rsidRDefault="001B2B81" w:rsidP="001B2B81">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0F43FA8F" w14:textId="77777777" w:rsidR="00DA36C2" w:rsidRPr="004006E8" w:rsidRDefault="00DA36C2" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6804" w:firstLine="142"/>
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2B81">
-        <w:rPr>
+      <w:r w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaišiadorių r. Rumšiškių </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E70D0B" w14:textId="77777777" w:rsidR="001B2B81" w:rsidRPr="001B2B81" w:rsidRDefault="001B2B81" w:rsidP="001B2B81">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3DF00735" w14:textId="77777777" w:rsidR="00DA36C2" w:rsidRPr="004006E8" w:rsidRDefault="00DA36C2" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6804" w:firstLine="142"/>
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2B81">
-        <w:rPr>
+      <w:r w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Antano Baranausko gimnazijos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01EC60ED" w14:textId="1026DBEA" w:rsidR="001B2B81" w:rsidRPr="001B2B81" w:rsidRDefault="001B2B81" w:rsidP="001B2B81">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3C514C21" w14:textId="3E6820BD" w:rsidR="00DA36C2" w:rsidRPr="004006E8" w:rsidRDefault="00DA36C2" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6804" w:firstLine="142"/>
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B2B81">
-        <w:rPr>
+      <w:r w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E306B5">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34612">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – 202</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> – 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34612">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ir 202</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00172461">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> ir 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E306B5">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - 202</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34612">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00172461">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m. m. </w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> - 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34612">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve"> m. m. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E25998" w14:textId="00C372C5" w:rsidR="00DA36C2" w:rsidRPr="004006E8" w:rsidRDefault="00DA36C2" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6804" w:firstLine="142"/>
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ugdymo plano </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B2B81">
-        <w:rPr>
+      <w:r w:rsidR="004006E8" w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F95CFF">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rStyle w:val="csmall"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2793DA43" w14:textId="77777777" w:rsidR="00DA36C2" w:rsidRDefault="00DA36C2" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E28FF19" w14:textId="77777777" w:rsidR="004006E8" w:rsidRDefault="004006E8" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35CF5C37" w14:textId="77777777" w:rsidR="004364B8" w:rsidRPr="004006E8" w:rsidRDefault="004364B8" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...97 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KAIŠIADORIŲ R. RUMŠIŠKIŲ ANTANO BARANAUSKO GIMNAZIJOS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1186D0" w14:textId="77777777" w:rsidR="005946F0" w:rsidRPr="004006E8" w:rsidRDefault="004364B8" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...17 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004006E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PROJEKTINĖS VEIKLOS ORGANIZAVIMO TVARKA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6DDBCB" w14:textId="77777777" w:rsidR="002D4ED6" w:rsidRPr="00DA36C2" w:rsidRDefault="002D4ED6" w:rsidP="000B1782">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2795A289" w14:textId="77777777" w:rsidR="005946F0" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="000B1782">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I BENDROSIOS NUOSTATOS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3289268E" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="000B1782" w:rsidP="000B1782">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5298E5AF" w14:textId="77777777" w:rsidR="003844BE" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijoje organizuojama projektinė veikla, kuria siekiama ugdyti mokinių savarankiškumą, iniciatyvumą, kūrybiškumą ir atsakomybę už savo darbo rezultatus. Projektinės veiklos metu gimnazijoje organizuojami ilgalaikiai projektiniai darbai, kurių tematika yra pasirenkama laisvai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB04B15" w14:textId="77777777" w:rsidR="002D4ED6" w:rsidRPr="00DA36C2" w:rsidRDefault="002D4ED6" w:rsidP="004006E8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Mokinių projektinis darbas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – tai savarankiškas gimnazisto ar mokinių komandos (2-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) darbas, rengiamas per vienerius mokslo metus, pasižymintis ne tik konkretaus mokomojo dalyko specifika, bet ir turintis mokslinio darbo elementų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3D3CAB" w14:textId="77777777" w:rsidR="00E02CB8" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="00E02CB8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Projektin</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0E0A" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ės veiklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tikslai: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344D565F" w14:textId="77777777" w:rsidR="005946F0" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Sudaryti sąlygas mokiniams ugdytis mokymosi mokytis gebėjimus, gebėjimus spręsti problemas, priimti sprendimus, savarankiškai mokytis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F743B8" w14:textId="77777777" w:rsidR="005946F0" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. Skatinti mokinius savarankiškai, pažangiai mąstyti, kurti, tyrinėti, analizuoti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49EDAF14" w14:textId="77777777" w:rsidR="005946F0" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. Skatinti mokinių bendravimą ir bendradarbiavimą bei ugdyti socialines kompetencijas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6265D0" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="000B1782" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FE8A458" w14:textId="77777777" w:rsidR="005946F0" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...136 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>II PROJEKTINĖS VEIKLOS ORGANIZAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF59E41" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="000B1782" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...13 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BC51F18" w14:textId="77777777" w:rsidR="005B0E0A" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0E0A" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projektinė veikla </w:t>
+      </w:r>
+      <w:r w:rsidR="00172461">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siūloma</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0E0A" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visiems 1-8 ir I-III klasių mokiniams:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1446C2C0" w14:textId="77777777" w:rsidR="005B0E0A" w:rsidRPr="00DA36C2" w:rsidRDefault="005B0E0A" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1. 1</w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–8</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, III</w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasių mokiniam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s integruojama į ugdymo procesą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A9E9DB" w14:textId="77777777" w:rsidR="00C76E22" w:rsidRPr="00DA36C2" w:rsidRDefault="005B0E0A" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76E22" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I–II gimnazijos klasių mokiniams įgyvendinama per </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dvejus </w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokslo metus</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, skiriant vieną valandą per savaitę (37 val. per dvejus metus)</w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067D79E9" w14:textId="77777777" w:rsidR="00C76E22" w:rsidRPr="00DA36C2" w:rsidRDefault="00C76E22" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. M</w:t>
+      </w:r>
+      <w:r w:rsidR="003A6513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>okytojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taryba numato einamųjų mokslo metų projektinės veiklos kryptis ir teikia rekomendacijas dalykų mokytojų grupėms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16BAA328" w14:textId="77777777" w:rsidR="00C76E22" w:rsidRPr="00DA36C2" w:rsidRDefault="00C76E22" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Visi mokytojai paruošia </w:t>
+      </w:r>
+      <w:r w:rsidR="002D4ED6" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>projektinio darbo temas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Temas aptaria su mokiniais, atsižvelgia į mokinių pasiūlymus, poreikius, prireikus temą koreguoja.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11120243" w14:textId="77777777" w:rsidR="00C76E22" w:rsidRPr="00DA36C2" w:rsidRDefault="00C76E22" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Projektų temas mokytojai pateikia </w:t>
+      </w:r>
+      <w:r w:rsidR="00664314" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metodinės tarybos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pirmininkui iki einamųjų mokslo metų spalio 1 dienos kompiuterinėje laikmenoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AED77D0" w14:textId="77777777" w:rsidR="00664314" w:rsidRPr="00DA36C2" w:rsidRDefault="00664314" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8. Pateiktas temas metodinė taryba apsvarsto posėdyje iki spalio 10 d. ir pateikia viešai gimnazijos interneto puslapyje mokiniams pasirinkti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031A5E9A" w14:textId="77777777" w:rsidR="005946F0" w:rsidRPr="00DA36C2" w:rsidRDefault="00664314" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76E22" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Mokiniai projektinės veiklos</w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> temą renkasi patys arba konsultuojasi su dalykų mokytojais. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25ABED20" w14:textId="77777777" w:rsidR="005946F0" w:rsidRPr="00DA36C2" w:rsidRDefault="006D54AB" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Projektin</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76E22" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ės veiklos </w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">temą mokiniai turi pasirinkti iki </w:t>
+      </w:r>
+      <w:r w:rsidR="00664314" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>spalio 18</w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d., o projektą pabaigti ne vėliau kaip iki gegužės 1 d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB49A6D" w14:textId="77777777" w:rsidR="006D54AB" w:rsidRPr="00DA36C2" w:rsidRDefault="006D54AB" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11Klasės vadovas parengia sąrašą su mokinių pasirinkimais ir pateikia direktoriaus pavaduotojai ugdymui iki einamųjų mokslo metų spalio 25 d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E95221C" w14:textId="77777777" w:rsidR="006D54AB" w:rsidRPr="00DA36C2" w:rsidRDefault="006D54AB" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Baigę projektinį darbą, mokiniai sudaro aplanką: atspausdina projekto medžiagą, prideda kompiuterinę laikmeną, kurioje yra projektinio darbo pristatymo (gynimo) pateiktis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4A7633" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="006D54AB" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Mokslo metų pabaigoje organizuojamas geriausių projektinių darbų pristatymo renginys. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A536D4" w14:textId="77777777" w:rsidR="005B0E0A" w:rsidRPr="00DA36C2" w:rsidRDefault="005B0E0A" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EF1B9E7" w14:textId="77777777" w:rsidR="00B60929" w:rsidRDefault="00B60929" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...23 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A303D74" w14:textId="77777777" w:rsidR="005B0E0A" w:rsidRPr="00DA36C2" w:rsidRDefault="005B0E0A" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27B283DA" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...128 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>III PROJEKTINIŲ DARBŲ VERTINIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06790DA7" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="000B1782" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...13 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D0D6FC5" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4ED6" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Projektinius mokinių darbus vertina darbo vadovas. Vertinama projektin</w:t>
+      </w:r>
+      <w:r w:rsidR="006D54AB" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ės veiklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vykdymo eiga ir rezultatas. Mokytojai dalyko vertinimo sistemoje numato projektinio darbo pažymių skaičių per mokslo metus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3785C9EF" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4ED6" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Organizuojami tarpiniai ir galutinis projekto vertinimai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A0A8EC" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4ED6" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Tarpinis projekto vertinimas gali būti neformalus (pokalbis, aptarimas, susipažinimas su darbo eiga) ar formalus (įvertinimas pažymiu). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087D2A13" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4ED6" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Galutinis projekto vertinimas yra formalus pateikiant žodinį pristatymą. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C3C131" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4ED6" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Galutinis projektinio darbo vertinimas vykdomas pagal projekto vadovo/konsultanto (-ų) nustatytus kriterijus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D747AC" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4ED6" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Galutinis projektinio darbo įvertinimas įrašomas į atitinkamo dalyko e-dienyną, integruotų projektų įvertinimas įrašomas į tų dalykų e-dienyną, kurių mokytojai buvo projektinio darbo konsultantais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E56746" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="002D4ED6" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="005946F0" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Neatlikus projektinio darbo įrašomas nepatenkinamas įvertinimas į atitinkamo dalyko dienyną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B7E7D0" w14:textId="77777777" w:rsidR="000B1782" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4ED6" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Pasibaigus visų projektinių darbų pristatymui kiekvienoje dalykų </w:t>
+      </w:r>
+      <w:r w:rsidR="004364B8" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grupėje išrenkami 3–5 geriausi darbai. Šie projektiniai darbai pristatomi mokinių geriausių projektinių darbų renginyje mokslo metų pabaigoje. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1244C1F3" w14:textId="77777777" w:rsidR="005946F0" w:rsidRPr="00DA36C2" w:rsidRDefault="005946F0" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4ED6" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Geriausių projektinių darbų autoriai ir projektų vadovai apdovanojami gimnazijos direktoriaus padėkos</w:t>
+      </w:r>
+      <w:r w:rsidR="004364B8" w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> raštais bei įsteigtais prizai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D14145" w14:textId="77777777" w:rsidR="00DA36C2" w:rsidRPr="00DA36C2" w:rsidRDefault="00DA36C2" w:rsidP="004006E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...573 lines deleted...]
-    <w:sectPr w:rsidR="00A73BEE" w:rsidSect="0083174D">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA36C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00DA36C2" w:rsidRPr="00DA36C2" w:rsidSect="004006E8">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="567" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001B2B81"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00C67E67"/>
+    <w:rsidRoot w:val="005946F0"/>
+    <w:rsid w:val="000B1782"/>
+    <w:rsid w:val="00172461"/>
+    <w:rsid w:val="002566B6"/>
+    <w:rsid w:val="002755AB"/>
+    <w:rsid w:val="002D4ED6"/>
+    <w:rsid w:val="002F5224"/>
+    <w:rsid w:val="003844BE"/>
+    <w:rsid w:val="003A6513"/>
+    <w:rsid w:val="003B54B0"/>
+    <w:rsid w:val="004006E8"/>
+    <w:rsid w:val="004364B8"/>
+    <w:rsid w:val="0045041B"/>
+    <w:rsid w:val="005946F0"/>
+    <w:rsid w:val="005B0E0A"/>
+    <w:rsid w:val="005D0E65"/>
+    <w:rsid w:val="00664314"/>
+    <w:rsid w:val="00682D2B"/>
+    <w:rsid w:val="006D54AB"/>
+    <w:rsid w:val="00A142A6"/>
+    <w:rsid w:val="00B60929"/>
+    <w:rsid w:val="00C76E22"/>
+    <w:rsid w:val="00DA36C2"/>
+    <w:rsid w:val="00E02CB8"/>
+    <w:rsid w:val="00E306B5"/>
+    <w:rsid w:val="00E34612"/>
+    <w:rsid w:val="00F95CFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1A777103"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{CBCFF5C5-5BD7-4C54-B52A-DC6C981E4A0B}"/>
+  <w14:docId w14:val="096927FA"/>
+  <w15:docId w15:val="{42C4FABF-7B27-435E-B572-01413A1BE4B6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1459,51 +1704,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1685,407 +1930,404 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001B2B81"/>
-[...9 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="002755AB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="csmall">
+    <w:name w:val="c_small"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00DA36C2"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4143</Characters>
+  <Pages>2</Pages>
+  <Words>2526</Words>
+  <Characters>1440</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11389</CharactersWithSpaces>
+  <CharactersWithSpaces>3959</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Pavaduotuoja</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>