--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -1,39741 +1,44452 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="22A88E45" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00CB0DCA">
-[...9 lines deleted...]
-        <w:ind w:left="5386"/>
+    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000269C9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="4820"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRITARTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3766AD81" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-[...9 lines deleted...]
-        <w:ind w:left="5387"/>
+    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000269C9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="4820"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaišiadorių rajono savivaldybės administracijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791B0FCB" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-[...9 lines deleted...]
-        <w:ind w:left="5387"/>
+    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000269C9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="4820"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Švietimo, kultūros ir sporto  skyriaus vedėjo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42091A36" w14:textId="77777777" w:rsidR="00FE070F" w:rsidRDefault="00FE070F" w:rsidP="00FE070F">
-[...9 lines deleted...]
-        <w:ind w:left="5387"/>
+    <w:p w14:paraId="00000006" w14:textId="652A94D0" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000269C9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="4820"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m. rugpjūčio  30 d. įsakymu Nr.V1E-1061</w:t>
-[...35 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> m. rugpjūčio  28</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d. įsakymu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="000269C9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DS-ŠV-240</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31" w:rsidP="000269C9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="4820"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000269C9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="4820"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6042A81D" w14:textId="219DC740" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-[...9 lines deleted...]
-        <w:ind w:left="5387"/>
+    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000269C9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="4820"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaišiadorių r. Rumšiškių Antano Baranausko </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78383E91" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-[...9 lines deleted...]
-        <w:ind w:left="5387"/>
+    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000269C9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="4820"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gimnazijos direktoriaus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C53F4F" w14:textId="65EABB5B" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000000B" w14:textId="5A90EBFA" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000269C9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="5387"/>
+        <w:ind w:left="4820"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m. rugpjūčio 31 d. įsakymu Nr. V-</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="5C04076D" w14:textId="77777777" w:rsidR="00CB0DCA" w:rsidRDefault="00CB0DCA" w:rsidP="00BF4F70">
+        <w:t xml:space="preserve"> m. rugpjūčio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. įsakymu Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="000269C9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V-45</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C7997F1" w14:textId="77777777" w:rsidR="00BF4F70" w:rsidRDefault="00BF4F70" w:rsidP="00BF4F70">
+    <w:p w14:paraId="286CF421" w14:textId="77777777" w:rsidR="00D63952" w:rsidRDefault="00D63952">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72B8AA92" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1BF8BF9F" w14:textId="77777777" w:rsidR="002012BF" w:rsidRDefault="002012BF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KAIŠIADORIŲ R. RUMŠIŠKIŲ ANTANO BARANAUSKO GIMNAZIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31748785" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MOKSLO METŲ UGDYMO PLANAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7FC31F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+    <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="666D52E0" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B115AAF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+    <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33D08FFE" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I SKYRIUS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6330C163" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+    <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6077E30E" w14:textId="0587B4DA" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">BENDROSIOS NUOSTATOS </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="724E8618" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+        <w:t>BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="497B4A25" w14:textId="757F42E8" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijos 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metų ugdymo planas (toliau – Gimnazijos ugdymo planas) parengtas vadovaujantis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2023-2024 ir 2024-2025</w:t>
+        <w:t>2025-2026 ir 2026-2027</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metų pradinio, pagrindinio ir vidurinio ugdymo program</w:t>
       </w:r>
-      <w:r w:rsidR="00685CCF">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>aisiais</w:t>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ų bendraisiais ugdymo planais, patvirtintais </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-        <w:t>ais</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2025 m. gegužės 21 d. įsakymu Nr. V-559 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>ais</w:t>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,,Dėl </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>2025-2026 ir 2026-2027</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2023 m. balandžio 24 d. įsakymu Nr. V-586 </w:t>
-[...81 lines deleted...]
-    <w:p w14:paraId="19D837FF" w14:textId="5A3BB5A2" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve"> mokslo metų pradinio, pagrindinio ir vidurinio ugdymo programų bendrųjų ugdymo planų patvirtinimo“, ir kitais teisės aktais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gimnazijos ugdymo planas reglamentuoja pradinio, pagrindinio, vidurinio ugdymo programų (toliau – ugdymo programos) ir neformaliojo vaikų švietimo programų įgyvendinimą </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Kaišiadorių r. </w:t>
+        <w:t>Gimnazijos ugdymo planas reglamentuoja pradinio, pagrindinio, vidurinio ugdymo programų (toliau – ugdymo programos) ir neformaliojo vaikų švietimo programų įgyvendinimą Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijoje 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rumšiškių Antano Baranausko gimnazijoje 202</w:t>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>3</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...35 lines deleted...]
-        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E90137" w14:textId="4DA5D039" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gimnazijos ugdymo planas parengtas išanalizavus 202</w:t>
       </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4-</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>2</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-202</w:t>
-[...33 lines deleted...]
-    <w:p w14:paraId="03E04AB7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve"> m. m. ugdymo plano įgyvendinimo rezultatus, mokyklos veiklos įsivertinimo, stebėsenos, mokinių pasiekimų ir pažangos vertinimo ugdymo procese informacija bei pasiekimų tyrimais:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metais Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijoje pagal pradinio ugdymo programą mokėsi 182 mokinys, pagal pagrindinio ugdymo programą 247 mokiniai, pagal vidurinio ugdymo programą 53 mokiniai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E9EF6A4" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000001B" w14:textId="1A64A80F" w:rsidR="00EB3E31" w:rsidRDefault="002012BF" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Beveik visi </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">beveik visi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">(97,6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="29B73924" w14:textId="5910335C" w:rsidR="00BF4F70" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+        </w:rPr>
+        <w:t>proc.) mokiniai pagal savo galimybes įgijo kompetencijas pagal pradinio, pagrindinio, vidurinio ugdymo programas ir perkelti į aukštesnes klases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE689CC" w14:textId="7FF563BD" w:rsidR="00D63952" w:rsidRPr="002012BF" w:rsidRDefault="00000000" w:rsidP="00D63952">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024-2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> mokslo metų </w:t>
+        <w:t xml:space="preserve"> mokslo metų 4 klasės mokinių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>NMPP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> rezultatai:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a"/>
-        <w:tblW w:w="9924" w:type="dxa"/>
+        <w:tblStyle w:val="af6"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="nil"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1485"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1635"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="1291"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF4F70" w:rsidRPr="00BF4F70" w14:paraId="413539F3" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="24F374C5" w14:textId="77777777" w:rsidTr="002012BF">
         <w:trPr>
-          <w:trHeight w:val="544"/>
+          <w:trHeight w:val="540"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1485" w:type="dxa"/>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...30 lines deleted...]
-            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0000001D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FBB5EC5" w14:textId="77777777" w:rsidR="00BF4F70" w:rsidRPr="00BF4F70" w:rsidRDefault="00BF4F70" w:rsidP="00BF4F70">
+          <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="102"/>
-[...26 lines deleted...]
-            </w:tcBorders>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Lietuvių k. ir literatūros (skaitymas)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="2AD37086" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="568"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:widowControl w:val="0"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="102"/>
-[...31 lines deleted...]
-            </w:tcBorders>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31FCF1D9" w14:textId="773DAB51" w:rsidR="00BF4F70" w:rsidRPr="00BF4F70" w:rsidRDefault="00BF4F70" w:rsidP="00BF4F70">
-[...19 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="0000002A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Taškų vidur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>kis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD6F21D" w14:textId="77777777" w:rsidR="00BF4F70" w:rsidRPr="00BF4F70" w:rsidRDefault="00BF4F70" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="0000002C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Aukštesnįjį pasiekimų lygį </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pasiekusių mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04132C0A" w14:textId="77777777" w:rsidR="00BF4F70" w:rsidRPr="00BF4F70" w:rsidRDefault="00BF4F70" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="0000002E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Pagrindinį pasiekimų </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>lygį pasiekusių mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8D2584" w14:textId="77777777" w:rsidR="00BF4F70" w:rsidRPr="00BF4F70" w:rsidRDefault="00BF4F70" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="00000030" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Patenkinamą pasiekimų lygį </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pasiekusių mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...30 lines deleted...]
-            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00000032" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Nepasiektas patenkinamas lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="0C909F0C" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1674"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...30 lines deleted...]
-            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00000035" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...36 lines deleted...]
-            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00000036" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...29 lines deleted...]
-            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00000038" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...30 lines deleted...]
-            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0000003A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...30 lines deleted...]
-            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0000003C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...30 lines deleted...]
-            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0000003E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Slenkstinį pasiekimų lygį pasiekusių mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00000040" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Nepasiekusių slenkstinio pasiekimų lygio mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="23324516" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D409827" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="00000041" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Gimnazijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4219FC71" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="00000042" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>18,67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F64095" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...34 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="00000044" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>31,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="027B6F99" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...27 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="00000046" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>47,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5474FD0C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="00000048" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>15,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="271CA59B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="0000004A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>5,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1109F989" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="0000004C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="5A911988" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46B6C886" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="0000004D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Šalies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3788A8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="0000004E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>18,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="068275EB" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
-[...16 lines deleted...]
-              <w:t>+1,4</w:t>
+          <w:p w14:paraId="00000050" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>25,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000052" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>56,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000054" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>13,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000056" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>4,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="0B8D6D9F" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000059" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pokytis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000005A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-0,23 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000005C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>+5,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000005E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-9,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000060" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>+2,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000062" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="4BB31FDD" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000065" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000066" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="31DA367B" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00000071" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Gimnazijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000072" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>21,89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000073" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>16,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000075" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>78,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000077" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000079" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000007B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="1B68D451" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0000007D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Šalies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000007E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>22,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000007F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>19,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000081" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>69,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000083" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>7,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3086" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000085" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="1FA5F3C8" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00000089" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pokytis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000008A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-0,61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000008B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-3,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000008D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>+8,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000008F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-5,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3086" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000091" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F56FE8E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000095" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000096" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...83 lines deleted...]
-        <w:t>. Pagrindinio ugdymo pasiekimų patikrinimo (PUPP) rezultatai:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024-2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų 8 klasės mokinių NMPP rezultatai:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a0"/>
-        <w:tblW w:w="9889" w:type="dxa"/>
+        <w:tblStyle w:val="af7"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="179"/>
+        <w:gridCol w:w="1395"/>
+        <w:gridCol w:w="104"/>
+        <w:gridCol w:w="1587"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="3C85F6A7" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00000097" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8793" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000098" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Lietuvių k. ir literatūros (skaitymas)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="7A544AF1" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="000000A3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000A4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Taškų vidurkis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000A6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Aukštesnįjį pasiekimų lygį pasiekusių mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000A8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pagrindinį pasiekimų lygį pasiekusių mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000AA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Patenkinamą pasiekimų lygį pasiekusių mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="000000AC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Nepasiektas patenkinamas lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="0ECBFD6F" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1407"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="000000AF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="000000B0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="000000B2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="000000B4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="000000B6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="000000B8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Slenkstinį pasiekimų lygį pasiekusių mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="000000BA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="002012BF">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Nepasiekusių slenkstinio pasiekimų lygio mokinių skaičius, proc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="42C644CB" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000BB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Gimnazijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000BC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000BE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>22,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000C0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>68,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000C2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>8,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000C4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000C6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="4B4A05CC" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000C7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Šalies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000C8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>29,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000CA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>20,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000CC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>70,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000CE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>6,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000D0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="71CD4C15" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000D3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pokytis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000D4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000D6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>+1,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000D8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-1,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000DA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>+2,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3265" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000DC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000" w:rsidP="00D63952">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>+2,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="6BECADD3" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000E0" w14:textId="1141DB3F" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31" w:rsidP="001F2497">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8793" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000E1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="71D55C94" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000EC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Gimnazijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000ED" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000EE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>9,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000F0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>46,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000F2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>17,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000F4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>7,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000F6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>19,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="214D8D62" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000F8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Šalies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000F9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>23,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000FA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>8,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000FC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>55,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000000FE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>22,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3086" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000100" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>13,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="00B52108" w14:paraId="3735A691" w14:textId="77777777" w:rsidTr="002012BF">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000104" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pokytis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000105" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000106" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>+1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000108" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-9,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000010A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-5,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3086" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000010C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00B52108" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="100"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-13,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="00000110" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000111" w14:textId="1664B5F9" w:rsidR="00EB3E31" w:rsidRPr="00517EBC" w:rsidRDefault="00000000" w:rsidP="00517EBC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024-2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metais pagrindinį išsilavinimą įgijo </w:t>
+      </w:r>
+      <w:r w:rsidR="00463217" w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>44</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokini</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Pagrindinio ugdymo pasiekimų patikrinimo (PUPP) rezultatai:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af8"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2802"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="3282"/>
+        <w:gridCol w:w="3507"/>
+        <w:gridCol w:w="3417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w14:paraId="1084DD74" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="2043EAD6" w14:textId="77777777" w:rsidTr="009D556B">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="416"/>
+          <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57707AE8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="002E5CC8" w:rsidP="00BF4F70">
+          <w:p w14:paraId="00000113" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1127F0A6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000114" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lietuvių kalba</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4447C607" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000115" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w14:paraId="1D7EEC5B" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="6894C545" w14:textId="77777777" w:rsidTr="009D556B">
         <w:trPr>
-          <w:trHeight w:val="584"/>
+          <w:trHeight w:val="394"/>
+          <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="3270" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="543055A0" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="002E5CC8" w:rsidP="00BF4F70">
+          <w:p w14:paraId="00000116" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5D51B497" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000117" w14:textId="44185EB4" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Surinktų</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tašk</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ų</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> vidurkis</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-          <w:p w14:paraId="2289DA0D" w14:textId="7F188BB3" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:r w:rsidR="00463217">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (balai)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000118" w14:textId="6A2FFA36" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Surinktų taškų vidurkis</w:t>
             </w:r>
+            <w:r w:rsidR="00463217">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (balai)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w14:paraId="1CC1A399" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="2E60C461" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="285"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="293E2B6A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000119" w14:textId="6293354B" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Gimnazijoje</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-          <w:p w14:paraId="51143881" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:r w:rsidR="003D02A2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2023-2024 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D02A2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>m.m</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D02A2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000011A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>49,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0FC89325" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000011B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w14:paraId="71943C1D" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="003D02A2" w14:paraId="2DD94467" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="285"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4BADDE0D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3236AB" w14:textId="3AE105C8" w:rsidR="003D02A2" w:rsidRDefault="003D02A2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r w:rsidRPr="003D02A2">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Šalyje</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="682C7EC6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+              <w:t>Gimnazijoje 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D02A2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D02A2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D02A2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>m.m</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D02A2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27680275" w14:textId="77770783" w:rsidR="003D02A2" w:rsidRDefault="003D02A2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="0E085AE8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>32,7 (6,4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C330F27" w14:textId="08D8A85F" w:rsidR="003D02A2" w:rsidRDefault="003D02A2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>21,9</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27,4 (6,1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w14:paraId="068BFB61" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="515A8EAF" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="285"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5ED30976" w14:textId="7AD3BCC4" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000011C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Pokytis (gimnazijos vid</w:t>
-[...40 lines deleted...]
-          <w:p w14:paraId="611EE77B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+              <w:t>Šalyje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000011D" w14:textId="2BF3CD5D" w:rsidR="00EB3E31" w:rsidRDefault="003D02A2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
-[...13 lines deleted...]
-          <w:p w14:paraId="79A33DEF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>32,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000011E" w14:textId="6155677A" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
-[...4 lines deleted...]
-              <w:t>-0,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003D02A2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="1A20BA6D" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000011F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pokytis (gimnazijos vidurkis lyginant su šalies vidurkiu)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3495" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000120" w14:textId="15DB3C89" w:rsidR="00EB3E31" w:rsidRDefault="003D02A2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000121" w14:textId="7641B06B" w:rsidR="00EB3E31" w:rsidRDefault="003D02A2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>+0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43376DF6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00BF4F70">
+    <w:p w14:paraId="00000122" w14:textId="0464E00B" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pagrindinio ugdymo pasiekimų patikrinimo metu pagal mokymosi pasiekimų lygius pasiekusių mokinių dalis (proc.):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a1"/>
-        <w:tblW w:w="9917" w:type="dxa"/>
+        <w:tblStyle w:val="af9"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2829"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="2210"/>
+        <w:gridCol w:w="798"/>
+        <w:gridCol w:w="799"/>
+        <w:gridCol w:w="799"/>
+        <w:gridCol w:w="800"/>
+        <w:gridCol w:w="800"/>
+        <w:gridCol w:w="800"/>
+        <w:gridCol w:w="800"/>
+        <w:gridCol w:w="800"/>
+        <w:gridCol w:w="800"/>
+        <w:gridCol w:w="800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w14:paraId="0E231D2C" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00B52108" w14:paraId="749C9BD2" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
-          <w:trHeight w:val="525"/>
+          <w:trHeight w:val="516"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2829" w:type="dxa"/>
+            <w:tcW w:w="2201" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000123" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000124" w14:textId="4A4206F6" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3980" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000127" w14:textId="6B42F1B0" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B52108" w14:paraId="3712B848" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1846"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000012A" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D709FA" w14:textId="33759D98" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nepatenkinamas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE25313" w14:textId="5BC2A851" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Slenkstinis lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...10 lines deleted...]
-              </w:pBdr>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000012B" w14:textId="61AA49E9" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Patenkinamas lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000012C" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pagrindinis lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000012D" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Aukštesnysis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0000012E" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6543642B" w14:textId="216D75FF" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nepatenkinamas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6566A5C1" w14:textId="7F547779" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Slenkstinis lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000012F" w14:textId="6E0F8A8E" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Patenkinamas lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000130" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pagrindinis lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000131" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Aukštesnysis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000132" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lygis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B52108" w14:paraId="643478B2" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="516"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E90A142" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...9 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gimnazijoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000133" w14:textId="4D874634" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2023-2024 m. m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="690140F3" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3679BD3D" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63A7A347" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="009F7C91">
+          <w:p w14:paraId="00000134" w14:textId="7199DB2A" w:rsidR="00B52108" w:rsidRDefault="00B52108">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF4F70">
-[...11 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19,35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000135" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>54,83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000136" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22,58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D469D57" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="090ED9F1" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000137" w14:textId="2DF1B8AD" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>48,38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000138" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000139" w14:textId="77777777" w:rsidR="00B52108" w:rsidRDefault="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B52108" w14:paraId="259CB74A" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="516"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="312FB442" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00BF4F70" w:rsidRDefault="00000000" w:rsidP="009F7C91">
+          <w:p w14:paraId="5DA2C589" w14:textId="77777777" w:rsidR="00B52108" w:rsidRPr="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...24 lines deleted...]
-            <w:vMerge/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gimnazijoje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41F7AFFD" w14:textId="5DE2B522" w:rsidR="00B52108" w:rsidRDefault="00B52108" w:rsidP="00B52108">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="009F4D39">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="009F4D39">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B52108">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
-              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56274930" w14:textId="55450CFE" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2F8CD5" w14:textId="618472D4" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4,65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="100" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
-              <w:bottom w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7422E89D" w14:textId="77777777" w:rsidR="009F7C91" w:rsidRPr="00BF4F70" w:rsidRDefault="009F7C91" w:rsidP="009F7C91">
-[...8 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="073A8B6B" w14:textId="4B6261FF" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:tcW w:w="1057" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7,21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="100" w:type="dxa"/>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
-            <w:textDirection w:val="btLr"/>
-[...18 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0338A6" w14:textId="61A50AEA" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">inamas </w:t>
-[...12 lines deleted...]
-            <w:tcW w:w="1157" w:type="dxa"/>
+              <w:t>84,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A11BA9" w14:textId="50670E3A" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09AEF6D8" w14:textId="6FA7950B" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18,12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="184064C8" w14:textId="06112D95" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="20" w:type="dxa"/>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:bottom w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79671BDA" w14:textId="41F8D525" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>34,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
-            <w:textDirection w:val="btLr"/>
-[...18 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A47A2D" w14:textId="0A833E5F" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>inis</w:t>
-[...12 lines deleted...]
-            <w:tcW w:w="1047" w:type="dxa"/>
+              <w:t>34,09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
-            <w:textDirection w:val="btLr"/>
-[...18 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57EFCD1D" w14:textId="55250889" w:rsidR="00B52108" w:rsidRDefault="009F4D39">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>esnysis</w:t>
-[...979 lines deleted...]
-              <w:t>-5,35</w:t>
+              <w:t>15,91</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55F04E53" w14:textId="22444AA3" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="009F7C91">
+    <w:p w14:paraId="00000148" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00517EBC" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>20</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024-2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metais beveik visi abiturientai (2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>22</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) įgijo vidurinį išsilavinimą. Du mokiniai </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neišlaikė lietuvių kalbos ir literatūros egzamino</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, todėl jiems įteikti </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>okymosi pasiekimų pažymėjimai. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniams įteikti brandos atestatai. Lyginant 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų brandos egzaminų rezultatus, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> mokslo metais beveik visi abiturientai (2</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>balų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vidurkis šiais mokslo metais yra aukštesnis (202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">) įgijo vidurinį išsilavinimą. Du mokiniai </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>55,11, o 2025 m. - 69,29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>). 2024-202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>turėjo nepatenkinamus metinius įvertinimus</w:t>
-[...185 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metų brandos egzaminų geriausi rezultatai:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a2"/>
-        <w:tblW w:w="9616" w:type="dxa"/>
+        <w:tblStyle w:val="afa"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="875"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="874"/>
+        <w:gridCol w:w="826"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="938"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="6013876E" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="622216A8" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1528"/>
+          <w:trHeight w:val="1347"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7EF9A6CE" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000149" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E6E04">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Eil. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="901" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7B556D" w14:textId="12C34DD0" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="0000014A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E6E04">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Abiturientas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48892DE2" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="0000014B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E6E04">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Lietuvių kalba (gimtoji)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51B21789" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="0000014C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E6E04">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Užsienio kalba (anglų)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32292D7A" w14:textId="698CE440" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="0000014D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E6E04">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70C26A26" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="0000014E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E6E04">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Istorija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6F22EC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="0000014F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E6E04">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Biologija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B9B9FF5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="00000150" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E6E04">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Fizika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF2AB2B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="00000151" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Chemija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="719D7C71" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="00000152" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Geografija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41BBE380" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+          <w:p w14:paraId="00000153" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="000E66C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>IT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="58A238F6" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="50CC1EA5" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="345"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="683F704F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000154" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="64C46F5F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000155" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5EF18632" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000156" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="72B62193" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000157" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="5032F671" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000158" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="4E253893" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000159" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="04F82BFC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000015A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="3FBC0816" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000015B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2B8F0DE8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000015C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2A1555EC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000015D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0F8E1402" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000015E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-            </w:pPr>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="40E018A8" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="41C08432" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="345"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="627023F6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000015F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0320721B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000160" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0EC63234" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000161" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="6480B7CD" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000162" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="39182C2F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000163" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="6F63D273" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000164" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="638D7BA3" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000165" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="45CD11C7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000166" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="672FD8E8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000167" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="31A11F6A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000168" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0D3EE4E7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000169" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="38652525" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="119C4D5B" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="701EBB59" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000016A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="660628C3" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000016B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="15569C2E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000016C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="36B2544C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000016D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="7258BB4D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000016E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5116750E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000016F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="65956C21" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000170" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="30622A38" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000171" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="40FA8654" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000172" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="66001224" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000173" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2BC4CFD0" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000174" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="117894A7" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="345051B5" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1B4EDA54" w14:textId="3D66C70A" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000175" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="76"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3B1A92D8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000176" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="05804981" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000177" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="259095F5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000178" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="36D5A568" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000179" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="3D37529C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000017A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0E68FD9F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000017B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="6CD67328" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000017C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="7A0CC0C9" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000017D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="564CD794" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000017E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5CF72CA5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000017F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="133A345F" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="085B68B2" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="59EB94EC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000180" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3DBCFBCC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000181" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1614A7B0" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000182" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="3171D7F7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000183" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="7776EE14" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000184" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="28985CD1" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000185" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="782D98F6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000186" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="085209CF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000187" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="4E4F082A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000188" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="48F9156A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000189" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="16B75B67" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000018A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-            </w:pPr>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="7FC2DA61" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="35CC2345" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3AF7CB99" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000018B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F4A7111" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000018C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="75E073C3" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000018D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="3EC5F0D5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000018E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="4AB4F1EC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000018F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="1AB1BCB5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000190" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2FA13AA8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000191" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5753FCC5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000192" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="4C15052E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000193" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5D7499F7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000194" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5D4373EB" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000195" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="6DE5480C" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="7371E727" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7140BD89" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000196" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BB42C2D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000197" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="2A0F9A7B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000198" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="33A63C3F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000199" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="0B621561" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000019A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="4CDAF192" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000019B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="067244E3" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000019C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="68C95995" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000019D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0F7E8DE9" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000019E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0516E2E3" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000019F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5A0ADDA1" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="1866DE5F" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="73BDC23E" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1009D70B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="648B7D03" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5647C8E2" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="1AF27C6A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="639BC114" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="694AFC8C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="7CC7705B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0A2E49AC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="2CCD13A4" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001A9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="52775158" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001AA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="467883D8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001AB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="648BC024" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="51D1C71F" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3D6DA161" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001AC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="31D4C8ED" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001AD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B2CF8E6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001AE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="1755705D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001AF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="43C46D56" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="61A35601" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5227556E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="4A053A79" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="45A101CF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="4CCF3179" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="43A9CF8A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>88</w:t>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="4B764480" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="77D0E12D" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60570B34" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0655B9D6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="21C70875" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001B9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="6B9C2F71" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001BA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="61D4F211" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001BB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="4157654B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001BC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="50D5D665" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001BD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="368ECCF7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001BE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="1F59E544" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001BF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="56BD2AC2" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="321E3223" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-            </w:pPr>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w14:paraId="1DD438BC" w14:textId="77777777" w:rsidTr="00554E34">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="235B7149" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="132ECFE6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="05EA6587" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C459DA6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="45" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1361" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="65BDA638" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="00000000" w:rsidP="00554E34">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="379EA609" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5C546C21" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2DC5050E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="7A5FC678" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001C9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="474DE85F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001CA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="12D86B3E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001CB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="1396DE20" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="003E6E04" w:rsidRDefault="002E5CC8" w:rsidP="00554E34">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001CC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="0615D3C4" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001CD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="901" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001CE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001CF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="45" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001D0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001D1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001D2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001D3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001D4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001D5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001D6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001D7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7191463B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00554E34">
+    <w:p w14:paraId="000001D8" w14:textId="2D093183" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gimnazijos ugdymo plano tikslas – nustatyti pradinio, pagrindinio ir vidurinio ugdymo programų įgyvendinimo principus, reikalavimus ir formuoti ugdymo turinį, organizuoti ugdymo procesą taip, kad kiekvienas mokinys pasiektų asmeninės pažangos, geresnių ugdymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) rezultatų ir įgytų mokymuisi visą gyvenimą būtinų bendrųjų ir dalykinių kompetencijų visumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D403FA4" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001D9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gimnazijos ugdymo turiniui formuoti ir įgyvendinti, ugdymo procesui organizuoti keliami šie uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54D65A4F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001DA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>nustatyti pamokų skaičių, skirtą pradinio, pagrindinio ir vidurinio ugdymo programos įgyvendinimui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E53598C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001DB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priimti konkrečius sprendimus ugdymo turiniui formuoti ir įgyvendinti, ugdymo procesui organizuoti pagal mokinių ugdymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) poreikius;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9F2953" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001DC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gerinti lietuvių kalbos skaitymo suvokimo, rašymo ir matematinius gebėjimus, kaip esminę mokymosi strategiją.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C25FF6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001DD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kurti mokymąsi skatinančias aplinkas, skatinti ugdymo proceso dalyvių sąveiką ugdymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) procese, siekiant kiekvieno mokinio asmeninės pažangos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E85314" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001DE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ugdymo plane vartojamos sąvokos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C829FD" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001DF" w14:textId="092141B2" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="002012BF" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="79FFB555" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002012BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalyko modulis – apibrėžta, savarankiška ir kryptinga ugdymo programos dalis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001E0" w14:textId="6071E15F" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="002012BF" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002012BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kontrolinis darbas – žinių, gebėjimų, įgūdžių parodymas arba mokinio žinias, gebėjimus, įgūdžius patikrinantis ir formaliai vertinamas darbas, kuriam atlikti skiriama ne mažiau kaip 30 minučių</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w14:paraId="61DC89B2" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001E1" w14:textId="2839ED26" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="002012BF" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002012BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikinoji grupė – mokinių grupė dalykui pagal modulį mokytis, diferencijuotai mokytis dalyko ar mokymosi pagalbai teikti</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w14:paraId="649B4967" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001E2" w14:textId="5B8E1B6B" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="002012BF" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002012BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokyklos ugdymo planas – mokykloje vykdomų ugdymo programų įgyvendinimo aprašas, parengtas, vadovaujantis Bendraisiais ugdymo planais</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w14:paraId="345BE928" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001E3" w14:textId="302FFF3B" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="002012BF" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002012BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamoka – pagrindinė nustatytos trukmės nepertraukiamo mokymosi organizavimo forma</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w14:paraId="450C7D38" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001E4" w14:textId="278E350B" w:rsidR="00EB3E31" w:rsidRDefault="002012BF" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002012BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialiosios pratybos</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w14:paraId="0B2CB772" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – pamoka mokiniams, turintiems specialiųjų ugdymosi poreikių, skirta įgimtiems ar įgytiems sutrikimams kompensuoti, išskirtiniams asmens gabumams ugdyti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001E5" w14:textId="2A816108" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Kitos Gimnazijos ugdymo plane vartojamos sąvokos, apibrėžtos Lietuvos Respublikos švietimo įstatyme ir kituose švietimą reglamentuojančiuose teisės aktuose.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4D864BAF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+        <w:t>Kitos Gimnazijos ugdymo plane vartojamos sąvokos, apibrėžtos Lietuvos Respublikos švietimo įstatyme ir kituose švietimą reglamentuojančiuose teisės aktuose</w:t>
+      </w:r>
+      <w:r w:rsidR="002012BF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001E6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3412460D" w14:textId="0C00822D" w:rsidR="002E5CC8" w:rsidRDefault="006F6972" w:rsidP="006F6972">
+    <w:p w14:paraId="000001E7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D341A2F" w14:textId="5E82244C" w:rsidR="006F6972" w:rsidRDefault="006F6972" w:rsidP="006F6972">
+    <w:p w14:paraId="000001E8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006F6972">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UGDYMO PROCESO ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DD963F" w14:textId="77777777" w:rsidR="006F6972" w:rsidRPr="006F6972" w:rsidRDefault="006F6972" w:rsidP="006F6972">
+    <w:p w14:paraId="000001E9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-    <w:p w14:paraId="3C163385" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="006F6972">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000001EA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PIRMASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7019F636" w14:textId="4019D6E1" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00DA323F">
+    <w:p w14:paraId="000001EB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GIMNAZIJOS UGDYMO PLANAS.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RENGIMAS IR ĮGYVENDINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F7C829" w14:textId="77777777" w:rsidR="00DA323F" w:rsidRPr="00DA323F" w:rsidRDefault="00DA323F" w:rsidP="00DA323F">
+    <w:p w14:paraId="000001EC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F076D5B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001ED" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00517EBC" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Gimnazijoje vykdomų pradinio, pagrindinio ir vidurinio ugdymo programų įgyvendinimui rengiamas ugdymo planas. Ugdymo planas – tai ugdymo turinio įgyvendinimo, vadovaujantis susitarimais, bendrųjų ugdymo planų bendrosiomis nuostatomis ir bendrąjį ugdymą reglamentuojančiais kitais teisės aktais, aprašas. Ugdymo plane, pateikiami konkretūs ugdymo proceso organizavimo sprendimai Pradinio, Pagrindinio ir Vidurinio ugdymo bendrosioms programoms įgyvendinti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AFAF9B9" w14:textId="30BCACCA" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001EE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00517EBC" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="194B1ADB" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugdymo planas parengtas darbo grupės, sudarytos gimnazijos direktoriaus 2025 balandžio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">24 d. įsakymu Nr. V-23 “Dėl darbo grupės sudarymo 2025-2026 ir 2026-2027 mokslo metų ugdymo planui parengti”. Į ugdymo plano rengimą, grindžiamą demokratiškumo, subsidiarumo, prieinamumo, bendradarbiavimo principais, buvo įtraukti mokyklos administracijos atstovai, vaiko gerovės komisijos nariai, gimnazijos tarybos atstovai, mokytojai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001EF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Darbo grupėje susitarta dėl gimnazijos ugdymo plano turinio, struktūros ir formos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71520591" w14:textId="0CCA115C" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001F0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rengiant ugdymo planą pagal galimybes buvo atsižvelgta į švietimo stebėsenos, mokinių pasiekimų ir pažangos vertinimo ugdymo procese duomen</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="72AC8CD9" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Rengiant ugdymo planą pagal galimybes buvo atsižvelgta į švietimo stebėsenos, mokinių pasiekimų ir pažangos vertinimo ugdymo procese duomenis ir informaciją, nacionalinių mokinių pasiekimų patikrinimo, pagrindinio ugdymo pasiekimų patikrinimo, egzaminų rezultatus bei gimnazijos veiklos išorinio vertinimo ir įsivertinimo duomenis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001F1" w14:textId="29BB191B" w:rsidR="00EB3E31" w:rsidRPr="00827B86" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...146 lines deleted...]
-    <w:p w14:paraId="223E664B" w14:textId="4B9456A2" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gimnazijoje susitarta dėl bendrųjų kalbos ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827B86">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalavimų (</w:t>
+      </w:r>
+      <w:r w:rsidR="00827B86" w:rsidRPr="00827B86">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827B86">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001F2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="4EE71A98" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Atsiradus ugdymo planuose nenumatytiems atvejams, gimnazija ugdymo proceso metu gali koreguoti gimnazijos ugdymo plano įgyvendinimą arba mokinio individualų ugdymo planą priklausomai nuo mokymo lėšų, išlaikydama minimalų pamokų skaičių dalykų bendrosioms programoms įgyvendinti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001F3" w14:textId="40DAEF3F" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Atsiradus ugdymo planuose nenumatytiems atvejams, gimnazija ugdymo proceso metu gali koreguoti gimnazijos ugdymo plano įgyvendinimą arba mokinio individualų ugdymo planą priklausomai nuo mokymo lėšų, išlaikydama minimalų pamokų skaičių dalykų bendrosioms programoms įgyvendinti.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="12F420C6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+        <w:t>Ugdymo plano rengimo grupė kas pusmetį (vasario mėn. ir birželio mėn.) peržiūri ugdymo planą ir esant reikalui jį koreguoja. Plano pakeitimai</w:t>
+      </w:r>
+      <w:r w:rsidR="009257FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvirtinami direktoriaus įsakymu, suderinus su Švietimo, kultūros ir sporto skyriumi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001F4" w14:textId="7F0B1689" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ugdymo plano rengimo grupė kas pusmetį (vasario mėn. ir birželio mėn.) peržiūri ugdymo </w:t>
+        <w:t>Ugdymo planą tvirtina gimnazijos direktorius iki mokslo metų pradžios, suderinęs</w:t>
+      </w:r>
+      <w:r w:rsidR="009257FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00374090">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">su gimnazijos taryba </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3A9A0075" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+        <w:t>ir Kaišiadorių rajono savivaldybės administracijos Švietimo, kultūros ir sporto skyriumi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001F5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ugdymo planą tvirtina gimnazijos direktorius iki mokslo metų pradžios, suderinęs su gimnazijos taryba ir Kaišiadorių rajono savivaldybės administracijos Švietimo, kultūros ir sporto skyriumi.</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>Gimnazijos ugdymo planas viešai skelbiamas mokyklos interneto svetainėje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BFA800" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+    <w:p w14:paraId="000001F6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B9CDB78" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001F7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ANTRASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9C71C6" w14:textId="5A997E85" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001F8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MOKSLO METŲ TRUKMĖ</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="2BC570FA" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+        <w:t>MOKSLO METŲ TRUKMĖ IR STRUKTŪRA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000001F9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="508BFB90" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000001FA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00517EBC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ugdymo organizavimas 1-4, 5-8, I-IV gimnazijos klasėse:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253EADDD" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4A9AF808" w14:textId="7969165D" w:rsidR="00517EBC" w:rsidRPr="00517EBC" w:rsidRDefault="00517EBC" w:rsidP="00517EBC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk208323731"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>3</w:t>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>–202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>4</w:t>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metų ugdymo proceso pradžia, pabaiga ir trukmė:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="8500" w:type="dxa"/>
+        <w:tblStyle w:val="afb"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="57" w:type="dxa"/>
+          <w:bottom w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="2723"/>
+        <w:gridCol w:w="2212"/>
+        <w:gridCol w:w="2042"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="0E69BC4E" w14:textId="77777777" w:rsidTr="003D4B87">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001FD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00A52A3D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk208323777"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A52A3D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4241" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000001FE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="284"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Ugdymo proceso</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000200" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Ugdymo proceso trukmė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="0969B55C" w14:textId="77777777" w:rsidTr="003D4B87">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="490"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000202" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00A52A3D" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000203" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pradžia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000204" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Paskutinė ugdymo proceso diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2212" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000205" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Savaičių skaičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000206" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Dienų skaičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="375F46AA" w14:textId="77777777" w:rsidTr="003D4B87">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000207" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00A52A3D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52A3D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000208" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>09 – 01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000209" w14:textId="2A669A0A" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>06-0</w:t>
+            </w:r>
+            <w:r w:rsidR="001521E1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2212" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000020A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000020B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="5D26C318" w14:textId="77777777" w:rsidTr="003D4B87">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000020C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00A52A3D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52A3D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5-8, I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000020D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000020E" w14:textId="30FD78D2" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>06-1</w:t>
+            </w:r>
+            <w:r w:rsidR="001521E1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2212" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000020F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000210" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="331759AB" w14:textId="77777777" w:rsidTr="003D4B87">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000211" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00A52A3D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52A3D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000212" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000213" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>06-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2212" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000214" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000215" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="21D7C8D1" w14:textId="77777777" w:rsidTr="003D4B87">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000216" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00A52A3D" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52A3D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000217" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000218" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>05-29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2212" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000219" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000021A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="65DF1810" w14:textId="5E91F6F9" w:rsidR="003D4B87" w:rsidRPr="00713BA5" w:rsidRDefault="003D4B87" w:rsidP="003D4B87">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4B87">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Papunkčio pakeitimai:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus įsakymas 2025-09-01 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00713BA5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00713BA5" w:rsidRPr="00713BA5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>59</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB12B6E" w14:textId="3AAB0909" w:rsidR="003D4B87" w:rsidRPr="003D4B87" w:rsidRDefault="003D4B87" w:rsidP="003D4B87">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000021C" w14:textId="407439F0" w:rsidR="00EB3E31" w:rsidRPr="00517EBC" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>2026–2027 mokslo metų ugdymo proceso pradžia, pabaiga ir trukmė:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="afc"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1425"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1867"/>
+        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="2738"/>
+        <w:gridCol w:w="2213"/>
+        <w:gridCol w:w="1872"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w14:paraId="6028E7D2" w14:textId="77777777" w:rsidTr="00FA16C2">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="6E3FCFA4" w14:textId="77777777" w:rsidTr="00713BA5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:tcW w:w="1867" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70A0B5FF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
-[...299 lines deleted...]
-          <w:p w14:paraId="06B59089" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+          <w:p w14:paraId="0000021D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:ind w:firstLine="24"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="7E767F8E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk208323993"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Klasė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000021E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...149 lines deleted...]
-          <w:p w14:paraId="6EE1680A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:ind w:firstLine="284"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Ugdymo proceso</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4085" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000220" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="58613062" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:ind w:firstLine="284"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Ugdymo proceso trukmė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="210DBEFD" w14:textId="77777777" w:rsidTr="00713BA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="476"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000222" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000223" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:ind w:firstLine="27"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="2389F70C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:ind w:firstLine="33"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pradžia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000224" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:ind w:firstLine="34"/>
-[...86 lines deleted...]
-          <w:p w14:paraId="51DD5F04" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:ind w:firstLine="49"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Paskutinė ugdymo proceso diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2213" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000225" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="3492EB81" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Savaičių skaičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000226" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:ind w:firstLine="27"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="03617F8B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Dienų skaičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="2764C5DB" w14:textId="77777777" w:rsidTr="00713BA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000227" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:ind w:firstLine="34"/>
-[...86 lines deleted...]
-          <w:p w14:paraId="2EBD69EA" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000228" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="3394EF54" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:ind w:firstLine="284"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>09 – 01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000229" w14:textId="7F53DA4E" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:ind w:firstLine="27"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="73AE41A1" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:ind w:firstLine="49"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>06-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A838FB" w:rsidRPr="00A52A3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2213" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000022A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:ind w:firstLine="34"/>
-[...20 lines deleted...]
-              <w:t>70</w:t>
+              <w:ind w:firstLine="37"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000022B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:hanging="110"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="60072325" w14:textId="77777777" w:rsidTr="00713BA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="375"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000022C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>5-8, I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000022D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000022E" w14:textId="55840775" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="49"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>06-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A838FB">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2213" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000022F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="37"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000230" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:hanging="110"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="0CDC3250" w14:textId="77777777" w:rsidTr="00713BA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000231" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000232" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000233" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="49"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>06-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2213" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000234" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="37"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000235" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:hanging="110"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="7682E1CE" w14:textId="77777777" w:rsidTr="00713BA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000236" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000237" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000238" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="49"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>05-28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2213" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000239" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:firstLine="37"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000023A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:ind w:hanging="110"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="395C4FA9" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8" w:rsidP="00FA16C2">
-[...9 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="65502E62" w14:textId="6BF91C97" w:rsidR="00713BA5" w:rsidRPr="00713BA5" w:rsidRDefault="00713BA5" w:rsidP="00713BA5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2568D958" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4B87">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Papunkčio pakeitimai:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direktoriaus įsakymas 2025-09-01 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00713BA5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nr. V-59</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000023C" w14:textId="180079DF" w:rsidR="00EB3E31" w:rsidRPr="00517EBC" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t>2024–2025 mokslo metų ugdymo proceso pradžia, pabaiga ir trukmė:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Mokinių atostogos:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="8500" w:type="dxa"/>
+        <w:tblStyle w:val="afd"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2506"/>
+        <w:gridCol w:w="1841"/>
+        <w:gridCol w:w="1841"/>
+        <w:gridCol w:w="2177"/>
+        <w:gridCol w:w="1841"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w14:paraId="40DE1DBC" w14:textId="77777777" w:rsidTr="00FA16C2">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="161D8543" w14:textId="77777777" w:rsidTr="00A838FB">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2506" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4266BB5E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+          <w:p w14:paraId="0000023D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk208324218"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Atostogos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3682" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000023E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>m.m</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000240" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>m.m</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="058E24B3" w14:textId="77777777" w:rsidTr="00A838FB">
+        <w:trPr>
+          <w:trHeight w:val="461"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000242" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000243" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Prasideda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000244" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Baigiasi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000245" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Prasideda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000246" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Baigiasi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="392293D6" w14:textId="77777777" w:rsidTr="00A838FB">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000247" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Rudens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000248" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000249" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2025-11-09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000024A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-11-02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000024B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-11-08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="7E8E440B" w14:textId="77777777" w:rsidTr="00A838FB">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000024C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Žiemos (Kalėdų)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000024D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2025-12-24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000024E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="-147"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="7A2EDA0A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000">
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-01-04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000024F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-12-23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000250" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-01-03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="32D548E4" w14:textId="77777777" w:rsidTr="00A838FB">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000251" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Žiemos atostogos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000252" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-02-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000253" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="-147"/>
               </w:tabs>
-              <w:ind w:firstLine="284"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="726FAA1D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000">
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-02-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000254" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-02-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000255" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-02-21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A3DB3" w14:paraId="3B5A2613" w14:textId="77777777" w:rsidTr="00A838FB">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="290ECA2D" w14:textId="77777777" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:tabs>
-[...31 lines deleted...]
-          <w:p w14:paraId="2427913C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="002E5CC8" w:rsidP="00FA16C2">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pavasario (Velykų)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00000256" w14:textId="138007CE" w:rsidR="008A3DB3" w:rsidRPr="00E44ADB" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:ind w:firstLine="596"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="1CFB7FC5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>1-8, I-II kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000257" w14:textId="4385A1FB" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-03-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000258" w14:textId="78A3EA81" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-04-05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000259" w14:textId="35A349ED" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-03-22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000025A" w14:textId="5457DED1" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-03-28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A3DB3" w14:paraId="3AF82A58" w14:textId="77777777" w:rsidTr="00A838FB">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56260791" w14:textId="08482D29" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>III-IV kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BFD2C42" w14:textId="70B8FA67" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="-147"/>
               </w:tabs>
-              <w:ind w:firstLine="33"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="77615B4A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-04-06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9786A5" w14:textId="036B3B55" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-04-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="721510ED" w14:textId="4DFD7FE7" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-03-29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D373BA6" w14:textId="1120A46D" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-04-04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A3DB3" w14:paraId="0C73792D" w14:textId="77777777" w:rsidTr="00A838FB">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000025B" w14:textId="77777777" w:rsidR="008A3DB3" w:rsidRPr="00E44ADB" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:tabs>
-[...23 lines deleted...]
-          <w:p w14:paraId="6CF824F5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Vasaros</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0000025C" w14:textId="77777777" w:rsidR="008A3DB3" w:rsidRPr="00E44ADB" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>kl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000025D" w14:textId="5AED55BB" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="-147"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="06AECD9C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-06-0</w:t>
+            </w:r>
+            <w:r w:rsidR="001521E1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000025E" w14:textId="77777777" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-08-31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000025F" w14:textId="244C5685" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-06-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A838FB">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000260" w14:textId="77777777" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-08-31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A3DB3" w14:paraId="44FC77C2" w14:textId="77777777" w:rsidTr="00A838FB">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000261" w14:textId="77777777" w:rsidR="008A3DB3" w:rsidRPr="00E44ADB" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>5-8, I-II kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000262" w14:textId="1083A99C" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="-147"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-              <w:t>Dienų skaičius</w:t>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-06-1</w:t>
+            </w:r>
+            <w:r w:rsidR="001521E1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000263" w14:textId="77777777" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-08-31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2177" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000264" w14:textId="102F99EB" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-06-1</w:t>
+            </w:r>
+            <w:r w:rsidR="001B4791">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000265" w14:textId="77777777" w:rsidR="008A3DB3" w:rsidRDefault="008A3DB3" w:rsidP="008A3DB3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-147"/>
+              </w:tabs>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-08-31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w14:paraId="58C8402F" w14:textId="77777777" w:rsidTr="00FA16C2">
+      <w:tr w:rsidR="001B4791" w14:paraId="248B2119" w14:textId="77777777" w:rsidTr="00A838FB">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F7356DD" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00FA16C2" w:rsidRDefault="00000000" w:rsidP="00FA16C2">
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000266" w14:textId="77777777" w:rsidR="001B4791" w:rsidRPr="00E44ADB" w:rsidRDefault="001B4791" w:rsidP="008A3DB3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>III kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3682" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000268" w14:textId="4EB4CB72" w:rsidR="001B4791" w:rsidRDefault="001B4791" w:rsidP="001B4791">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="-147"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...29 lines deleted...]
-              </w:pBdr>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4791">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pasibaigus švietimo, mokslo ir sporto ministro 2025–2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4791">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mokslo metais nustatytai valstybinių brandos egzaminų sesijai</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4791">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>– rugpjūčio 31 d.“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000026A" w14:textId="38CA64FA" w:rsidR="001B4791" w:rsidRDefault="001B4791" w:rsidP="001B4791">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="-147"/>
               </w:tabs>
-              <w:ind w:firstLine="284"/>
-[...174 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:hanging="3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...161 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4791">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...160 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:t>Pasibaigus švietimo, mokslo ir sporto ministro 2026–2027</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...100 lines deleted...]
-              <w:t>170</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4791">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mokslo metais nustatytai brandos egzaminų sesijai – rugpjūčio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4791">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>31 d.“</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6453CD39" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
-[...10 lines deleted...]
-        <w:ind w:left="792"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="0000026B" w14:textId="01D88F2B" w:rsidR="00EB3E31" w:rsidRPr="00713BA5" w:rsidRDefault="00713BA5" w:rsidP="00713BA5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7DF4F61E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4B87">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Papunkčio pakeitimai:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus įsakymas 2025-09-01 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00713BA5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nr. V-59</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000026C" w14:textId="0726E068" w:rsidR="00EB3E31" w:rsidRPr="00517EBC" w:rsidRDefault="00DD36E2" w:rsidP="002012BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00517EBC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>III ir IV gimnazijos klasės mokiniams ugdymo procese vykstanti valstybinių brandos egzaminų sesija įskaitoma į ugdymo dienas, o vasaros atostogos skiriamos pasibaigus švietimo, mokslo ir sporto ministro 2025–2026 mokslo metais ir 2026–2027 mokslo metais nustatytai valstybinių brandos egzaminų sesijai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000026D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="002012BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>jeigu mokinių atostogų metu yra numatytas brandos egzaminas ar jo dalis, atostogų dienos, per kurias mokinys laiko brandos egzaminą ar jo dalį, perkeliamos į artimiausias ugdymo dienas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000026E" w14:textId="739E9E34" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="002012BF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:t>Mokinių atostogos:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Ugdymo organizavimas valstybinių brandos egzaminų vykdymo metu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000026F" w14:textId="435300CA" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="002012BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">III gimnazijos klasėms vidurinio ugdymo bendrosiose programose numatytas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) turinys išdėstomas per 34 ugdymo savaites, 35 ir 36 ugdymo savaitės skiriamos žinioms ir gebėjimams kartoti, įtvirtinti ir patikrinti, konsultacijoms; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000270" w14:textId="68946EF2" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="002012BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>III gimnazijos klasės mokinys, kuris laiko pasirinkto valstybinio brandos egzamino pirmąją dalį, tą dieną pamokose nedalyvauja, taip pat gali nedalyvauti pamokose vieną dieną prieš laikomą valstybinio brandos egzamino pirmąją dalį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000271" w14:textId="108742A1" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="002012BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jeigu mokinių atostogų metu yra numatytas valstybinio brandos egzamino dalies laikymas, atostogų dienos, per kurias mokinys laiko atitinkamą valstybinio brandos egzamino dalį, perkeliamos į artimiausias ugdymo dienas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000272" w14:textId="0FEC920A" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="002012BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_heading=h.i83uywt28o3n" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Mokslo metai pagal pradinio, pagrindinio ugdymo programas skirstomi trimestrais, o pagal vidurinio ugdymo programą pusmečiais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000273" w14:textId="248DF47C" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="002012BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_heading=h.i0cofce012cb" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">III-IV kl. iki pusmečio pabaigos fiksuojamas tarpinis dalyko įvertinimas - vedamas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002012BF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>signalinis pusmetis. Vertinimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fiksuojamas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Tamo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dienyne. Iki signalinio pusmečio mokinys turi būti įvertintas ne mažiau kaip dviem pažymiais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000274" w14:textId="3B047ED0" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_heading=h.zdxiq3xmphjf" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>2025 – 2026 mokslo metų pusmečių datos III-IV klasėse:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="8642" w:type="dxa"/>
+        <w:tblStyle w:val="afe"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2122"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1372"/>
+        <w:gridCol w:w="1950"/>
+        <w:gridCol w:w="2320"/>
+        <w:gridCol w:w="2319"/>
+        <w:gridCol w:w="2245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5CC8" w:rsidRPr="002178CB" w14:paraId="6C8146CE" w14:textId="77777777" w:rsidTr="002178CB">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="08818AD6" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="669"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000275" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pusmetis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000276" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000277" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Prasideda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000278" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Vedamas signalinis pusmetis iki</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000279" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Baigiasi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="6CB7E38B" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3992EB1D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="002178CB" w:rsidRDefault="00000000" w:rsidP="002178CB">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000027A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>pirmas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000027B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000027C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2025-09-01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000027D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2025-11-28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000027E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-01-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="65A1475A" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000027F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:jc w:val="center"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="54528815" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="002178CB" w:rsidRDefault="00000000" w:rsidP="002178CB">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000280" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000281" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:firstLine="360"/>
-[...78 lines deleted...]
-          <w:p w14:paraId="7D3B7194" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="002178CB" w:rsidRDefault="00000000" w:rsidP="002178CB">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000282" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:firstLine="360"/>
-[...81 lines deleted...]
-            <w:tcW w:w="2122" w:type="dxa"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="36863968" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="002178CB" w:rsidRDefault="002E5CC8" w:rsidP="002178CB">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000283" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="56552C43" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="002178CB" w:rsidRDefault="00000000" w:rsidP="002178CB">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="773B2B46" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000284" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>antras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000285" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000286" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-01-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000287" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-04-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000288" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-06-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="33F805A1" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000289" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:jc w:val="center"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="1C8FEC3F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="002178CB" w:rsidRDefault="00000000" w:rsidP="002178CB">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000028A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000028B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:jc w:val="center"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="5866E18F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="002178CB" w:rsidRDefault="00000000" w:rsidP="002178CB">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000028C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:jc w:val="center"/>
-[...58 lines deleted...]
-            <w:tcW w:w="2122" w:type="dxa"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE448BC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="002178CB" w:rsidRDefault="00000000" w:rsidP="002178CB">
-[...125 lines deleted...]
-          <w:p w14:paraId="4513D400" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="002178CB" w:rsidRDefault="00000000" w:rsidP="002178CB">
+          <w:p w14:paraId="0000028D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="-147"/>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:ind w:hanging="3"/>
-[...1026 lines deleted...]
-              <w:t>2025-08-31</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-05-29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="70F3D4DC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
-[...18 lines deleted...]
-    <w:p w14:paraId="553A00FE" w14:textId="4F639861" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000028E" w14:textId="5E6CDFF9" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...347 lines deleted...]
-        <w:t xml:space="preserve"> mokslo metų pusmečių datos:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>2025-2026 mokslo metų trimestrų datos 1-8, I-II klasėse:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a6"/>
-        <w:tblW w:w="8925" w:type="dxa"/>
+        <w:tblStyle w:val="aff"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1200"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1963"/>
+        <w:gridCol w:w="2036"/>
+        <w:gridCol w:w="2445"/>
+        <w:gridCol w:w="2910"/>
+        <w:gridCol w:w="2815"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00466141" w:rsidRPr="00466141" w14:paraId="62C7AD5C" w14:textId="77777777" w:rsidTr="00466141">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="4CFCCC3A" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
-          <w:trHeight w:val="636"/>
+          <w:trHeight w:val="707"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38E8DB8D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
-[...8 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="0000028F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1705" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Trimestras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="583B7169" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
-[...8 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="00000290" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="16"/>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Klasės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2029" w:type="dxa"/>
+            <w:tcW w:w="2667" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7AA407" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
-[...8 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="00000291" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>Prasideda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF3AD69" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
-[...8 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="00000292" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1963" w:type="dxa"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Baigiasi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="1933A5A3" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="491"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000293" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>pirmas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000294" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>1-8, I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000295" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2025-09-01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000296" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2025-11-28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="6D662C83" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="419"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000297" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>antras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000298" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>1-8, I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00000299" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2025-12-01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000029A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-03-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="03C696AE" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="419"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000029B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>trečias</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61505B33" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
-[...8 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="0000029C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...23 lines deleted...]
-            <w:tcW w:w="1200" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000029D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-03-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2152899A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
-[...127 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="0000029E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...52 lines deleted...]
-              <w:t>2024-01-19</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-06-05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00466141" w:rsidRPr="00466141" w14:paraId="0E29D283" w14:textId="77777777" w:rsidTr="00466141">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="748F32B3" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="419"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
-[...235 lines deleted...]
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1866" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="757DA728" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="002E5CC8" w:rsidP="00466141">
+          <w:p w14:paraId="0000029F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:tcW w:w="1705" w:type="dxa"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708292E1" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
-[...8 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="000002A0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="16"/>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>5-8, I-II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2029" w:type="dxa"/>
+            <w:tcW w:w="2667" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C49AA90" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="002E5CC8" w:rsidP="00466141">
+          <w:p w14:paraId="000002A1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:vMerge/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="112134A7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="002E5CC8" w:rsidP="00466141">
-[...36 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="000002A2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...361 lines deleted...]
-              <w:t>2024-06-04</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-06-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44F3F99A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00970E18">
+    <w:p w14:paraId="000002A3" w14:textId="3EBC1FAA" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> 2024 – 2025 mokslo metų pusmečių datos:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>2026 – 2027 mokslo metų pusmečių datos III-IV klasėse:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-        <w:tblW w:w="8925" w:type="dxa"/>
+        <w:tblStyle w:val="aff0"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1200"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1963"/>
+        <w:gridCol w:w="1372"/>
+        <w:gridCol w:w="1950"/>
+        <w:gridCol w:w="2320"/>
+        <w:gridCol w:w="2319"/>
+        <w:gridCol w:w="2245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00466141" w:rsidRPr="00466141" w14:paraId="4AEF61EF" w14:textId="77777777" w:rsidTr="00466141">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="349904A6" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
           <w:trHeight w:val="669"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EBB6BC6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
+          <w:p w14:paraId="000002A4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Pusmetis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002A5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002A6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Prasideda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002A7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Vedamas signalinis pusmetis iki</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002A8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Baigiasi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="6D542573" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="804"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002A9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>pirmas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002AA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="000002AB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002AC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-09-01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002AD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2026-11-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002AE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-01-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="502DA21D" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002AF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>antras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002B0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002B1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-01-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002B2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-04-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002B3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-06-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="01B11DC3" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002B4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002B5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1705" w:type="dxa"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57227B2C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
+          <w:p w14:paraId="000002B6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:tabs>
-[...20 lines deleted...]
-            <w:tcW w:w="2029" w:type="dxa"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60DC2491" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
+          <w:p w14:paraId="000002B7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:tabs>
-[...146 lines deleted...]
-            <w:tcW w:w="1705" w:type="dxa"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25EAC78F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00466141" w:rsidRDefault="00000000" w:rsidP="00466141">
-[...8 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="000002B8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...856 lines deleted...]
-              <w:t>2025-06-05</w:t>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>2027-05-28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D40D5D0" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00466141">
+    <w:p w14:paraId="000002B9" w14:textId="66789714" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="1134" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...40 lines deleted...]
-        <w:t>Ugdymo procesas gimnazijoje organizuojamas pamokų forma. Pamokų ir pertraukų laikas:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>2026 – 2027 mokslo metų trimestrų datos 1-8, I-II klasėse:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="8925" w:type="dxa"/>
+        <w:tblStyle w:val="aff1"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1335"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2550"/>
+        <w:gridCol w:w="1775"/>
+        <w:gridCol w:w="2523"/>
+        <w:gridCol w:w="3003"/>
+        <w:gridCol w:w="2905"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5CC8" w14:paraId="10273664" w14:textId="77777777" w:rsidTr="000F5C5B">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="02CF728C" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="707"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002BA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...27 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Trimestras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002BB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002BC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prasideda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002BD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>5-8, I-IV klasės</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Baigiasi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w14:paraId="228918DB" w14:textId="77777777" w:rsidTr="000F5C5B">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="6B6A1AE2" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="491"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002BE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pirmas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002BF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1-8, I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2026-09-01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>8.30-9.15</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2026-11-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w14:paraId="67C9C8A2" w14:textId="77777777" w:rsidTr="000F5C5B">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="60963F83" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="419"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>antras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1-8, I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2026-12-01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>9.25-10.10</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2027-03-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5CC8" w14:paraId="18BE6271" w14:textId="77777777" w:rsidTr="000F5C5B">
+      <w:tr w:rsidR="00EB3E31" w14:paraId="7F0F810B" w14:textId="77777777" w:rsidTr="00E44ADB">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="419"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>trečias</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2027-03-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002C9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2027-06-04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w14:paraId="10D677E3" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="419"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4322CBFD" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002CA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002CB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2415" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5-8, I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2667" w:type="dxa"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F780009" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002CC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002CD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="720"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2027-06-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="000002CE" w14:textId="321B2ABC" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>dirba penkias dienas per savaitę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000002CF" w14:textId="367888CF" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00E44ADB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Ugdymo procesas gimnazijoje organizuojamas pamokų forma. Pamokų ir pertraukų laikas:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="aff2"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1526"/>
+        <w:gridCol w:w="3002"/>
+        <w:gridCol w:w="2762"/>
+        <w:gridCol w:w="2916"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="0EC200BB" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pamoka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1*klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D2" w14:textId="3F4D4100" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2-4</w:t>
+            </w:r>
+            <w:r w:rsidR="00D81C3D" w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klasės</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D3" w14:textId="4ABE4F1A" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5-8, I-IV</w:t>
+            </w:r>
+            <w:r w:rsidR="00D81C3D" w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>***</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="43A2C16D" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8.30-9.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8.30-9.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8.30-9.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="55E354FA" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002D9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9.25-10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002DA" w14:textId="5A132761" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9.2</w:t>
+            </w:r>
+            <w:r w:rsidR="00756355" w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-10.</w:t>
+            </w:r>
+            <w:r w:rsidR="00756355" w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002DB" w14:textId="22174BBB" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9.2</w:t>
+            </w:r>
+            <w:r w:rsidR="00756355" w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-10.</w:t>
+            </w:r>
+            <w:r w:rsidR="00756355" w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="0D3FE79F" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19A637FB" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+          <w:p w14:paraId="000002DC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="5AD33CC0" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002DD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...36 lines deleted...]
-              <w:t>10.30-11.05</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pietų pertrauka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
-            <w:tcBorders>
-[...74 lines deleted...]
-            <w:tcW w:w="1335" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...30 lines deleted...]
-          <w:p w14:paraId="2302E1E5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002DE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...44 lines deleted...]
-            </w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...221 lines deleted...]
-          <w:p w14:paraId="2905911B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002DF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-            <w:vMerge/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="67A56858" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="559C8622" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="000002E0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002E1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.30-11.05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
-            <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70D2B192" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+          <w:p w14:paraId="000002E2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.20-11.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002E3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.20-11.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="4FA0F0E7" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002E4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2550" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF32B78" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-            <w:pPr>
+          <w:p w14:paraId="000002E5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1335" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Judrioji pertrauka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69021357" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000002E6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2625" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pietų pertrauka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FACCF18" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-            <w:pPr>
+          <w:p w14:paraId="000002E7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...37 lines deleted...]
-            <w:tcW w:w="2415" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="6C46AE33" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73918111" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000002E8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2550" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30114F9B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000002E9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1335" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44107C84" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000002EA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2625" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11.40-12.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4785B6A2" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+          <w:p w14:paraId="000002EB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2415" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11.15-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="6E95C406" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FBC4728" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-            <w:pPr>
+          <w:p w14:paraId="000002EC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-            <w:tcW w:w="2550" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2502AF5C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-            <w:pPr>
+          <w:p w14:paraId="000002ED" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1335" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="026A03D8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-            <w:pPr>
+          <w:p w14:paraId="000002EE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...16 lines deleted...]
-            <w:tcW w:w="2625" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38222EF1" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+          <w:p w14:paraId="000002EF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2415" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pietų pertrauka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="028E10CC" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="126F933F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+          <w:p w14:paraId="000002F0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2550" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D708B23" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000002F1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1335" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA56439" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000002F2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2625" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12.35-13.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4602ABCF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+          <w:p w14:paraId="000002F3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2415" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12.35-13.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="1F2703E8" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F85FA84" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+          <w:p w14:paraId="000002F4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2550" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01E87D63" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000002F5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002F6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13.30-14.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002F7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13.30-14.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="36CD8BB0" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002F8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002F9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002FA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002FB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14.25-15.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3E31" w:rsidRPr="002012BF" w14:paraId="0674B675" w14:textId="77777777" w:rsidTr="00E44ADB">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002FC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002FD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002FE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00EB3E31">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000002FF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="002012BF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002012BF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15.20-16.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71812823" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="00000300" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00D81C3D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk206720620"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>*1 klasėse pamokos metu daromos 10 min. pedagoginės pertraukėlės, ugdomos veiklos trukmė - 35 min.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73BBFC28" w14:textId="04D6AD11" w:rsidR="002E5CC8" w:rsidRPr="00DF7F48" w:rsidRDefault="00000000" w:rsidP="00DF7F48">
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="0C015ACF" w14:textId="0D05531E" w:rsidR="00D81C3D" w:rsidRDefault="00D81C3D" w:rsidP="00D81C3D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*2-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasėse </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">po 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pamokos darom</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>judrioji pertrauka lauke</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, veiklos trukmė - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5 min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E07CE5" w14:textId="2D6B00E5" w:rsidR="00D81C3D" w:rsidRDefault="00D81C3D" w:rsidP="00D81C3D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**5-8, I-IV klasėse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">po 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pamokos darom</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bendravimo pertrauka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>lauke</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, veiklos trukmė - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81C3D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5 min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8365E0" w14:textId="77777777" w:rsidR="00D63952" w:rsidRDefault="00D63952" w:rsidP="00D159A6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000301" w14:textId="3C23C834" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugdymas karantino, ekstremalios situacijos, ekstremalaus įvykio ar įvykio, keliančio pavojų mokinių sveikatai ir gyvybei, laikotarpiu (toliau – ypatingos aplinkybės) ar esant aplinkybėms gimnazijoje, dėl kurių ugdymo procesas negali būti organizuojamas kasdieniu mokymo proceso organizavimo būdu (gimnazija yra dalykų brandos egzaminų centras, vyksta remonto darbai mokykloje ir kt.), koreguojamas arba laikinai stabdomas, arba organizuojamas nuotoliniu mokymo proceso organizavimo būdu, atsižvelgiant į ypatingų aplinkybių, dėl kurių ugdymo procesas negali būti organizuojamas kasdieniu mokymo proceso organizavimo būdu, pobūdį ir apimtis. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...65 lines deleted...]
-    <w:p w14:paraId="0DC583C5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugdymo organizavimo tvarka, esant ypatingoms aplinkybėms ar esant aplinkybėms mokykloje, dėl kurių ugdymo procesas negali būti organizuojamas kasdieniu mokymo proceso organizavimo būdu, nustatyta gimnazijos ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11F83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plano </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11F83" w:rsidRPr="00A11F83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11F83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priede.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277F8862" w14:textId="77777777" w:rsidR="00D63952" w:rsidRDefault="00D63952" w:rsidP="00D159A6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>TREČIASIS SKIRSNIS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D5CE312" w14:textId="37527D21" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000303" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D13C8E">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">UGDYMO </w:t>
-[...29 lines deleted...]
-    <w:p w14:paraId="1F8026D2" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+        <w:t>TREČIASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000304" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="00B050"/>
-[...38 lines deleted...]
-        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...66 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ugdymo turinio planavimas.</w:t>
-[...3284 lines deleted...]
-    <w:p w14:paraId="280D5AE8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+        <w:t>UGDYMO PROGRAMŲ ĮGYVENDINIMO ORGANIZAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000305" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31" w:rsidP="009D556B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000306" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00D746C6" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugdymo plane dalyko turinys ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pamokų skaičius pateikiamas vieneriems mokslo metams. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D746C6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(1a, 1b, 1c, 1d, 1e priedai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000307" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugdymo turinio planavimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000308" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D746C6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pagrindinės ugdymo turinio planavimo formos – mokytojų parengti ilgalaikiai planai, pasirenkamųjų dalykų ir dalykų modulių (jei nėra parengtų bendrųjų programų), neformaliojo vaikų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> švietimo programos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000309" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokytojas dalyko turinį planuoja pagal gimnazijos ugdymo plane nurodytą dalyko programai skirtą valandų (pamokų) skaičių, pritaikydamas ugdymo turinį taip, kad kiekvienas mokinys būtų ugdomas pagal savo poreikius ir išgales kaip asmenybė, kad įgytų žinių ir kompetencijų, būtinų tolesniam mokymuisi ir gyvenimui visuomenėje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000030A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Planuose turėtų būti pagrindinės dalys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo turinys, vertinimas, valandos, atsiskaitymai ir jų formos. Planai sukeliami į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dokumentų saugyklą e. dienyne. Planus taip pat rekomenduojama įkelti į virtualią mokymosi aplinką </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Moodle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000030B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Detaliuosius planus rašo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000030C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00CB1A15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iekvienas mokytojas turintis mažesnį kaip trejų metų pedagoginį darbo stažą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000030D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00CB1A15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojas turintis problemų ugdymo veikloje, direktoriui, direktoriaus pavaduotojams nustačius;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000030E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00CB1A15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kiti mokytojai gali prisitaikyti ir naudoti mokytojų knygose, vadovėliuose ar kt. informaciniuose leidiniuose pateiktais detaliaisiais planais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000030F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00CB1A15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dieninius pamokų planus mokytojas rašo savo nuožiūra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000310" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00CB1A15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ilgalaikiai planai, pasirenkamųjų dalykų ir dalykų modulių, neformaliojo vaikų švietimo programos esant poreikiui aptariamos dalykų mokytojų grupėse iki rugsėjo 15 d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000311" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00CB1A15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Klasių vadovų veiklos planai 1-8, I-V kl. rengiami būsimam mėnesiui iki einamojo mėnesio paskutinės dienos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000312" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00CB1A15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pasirenkamųjų dalykų ir dalykų modulių programas, neformaliojo vaikų švietimo programas tvirtina gimnazijos direktorius iki rugsėjo 9 d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000313" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00CB1A15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Individualūs ugdymo planai specialiųjų poreikių mokiniams aptariami Vaiko gerovės komisijos posėdyje iki rugsėjo 20 d. Kai mokiniui specialieji ugdymosi poreikiai nustatomi iš naujo arba gaunamos naujos rekomendacijos, individualus planas sudaromas/koreguojamas ir Vaiko gerovės komisijoje aptariamas per dvi savaites.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000314" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="00CB1A15">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_heading=h.snh05u7j321i" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugdymo turinio planavimo ir įgyvendinimo stebėseną vykdo mokomuosius dalykus kuruojantis vadovas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000315" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Be privalomų mokytis dalykų, mokinys papildomai gali pasirinkti mokytis gimnazijos siūlomus mokymosi poreikius atitinkančius dalykų modulius, pasirenkamuosius dalykus. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004259FE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(2 priedas).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mokinio pasirinktiems papildomiems dalykams mokytis, projektiniams darbams vykdyti panaudojamos pamokos, skirtos mokinio mokymosi poreikiams tenkinti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000316" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="262E17AD" w14:textId="3195B45A" w:rsidR="00880548" w:rsidRDefault="00880548" w:rsidP="00880548">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Į gimnazijos ugdymo turinį integruojama:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000317" w14:textId="5A78EDDB" w:rsidR="00EB3E31" w:rsidRPr="00E44ADB" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Profesinis orientavimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokykloje vykdomas remiantis “Profesinio orientavimo tvarkos aprašu” patvirtintu Lietuvos Respublikos Vyriausybės</w:t>
+      </w:r>
+      <w:r w:rsidR="00A11F83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44ADB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2022 m. rugpjūčio 24 d. nutarimu Nr. 847 ir gimnazijos profesinio orientavimo specialisto sudarytu veiklos planu. Profesinio orientavimas vykdomas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000318" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-8 klasėse integruojant į klasės vadovo veiklas ir mokomuosius </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992326">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalykus (3a priedas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000319" w14:textId="4610A3F3" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I-IV klasėse integruojama į klasės vadovo, psichologo, socialinio pedagogo, kultūrinę, pažintinę veiklas, į mokomųjų dalykų programas (biologijos, IT, chemijos, fizikos, dorinio ugdymo) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992326">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(3a priedai) bei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teikiant individualias profesinio orientavimo specialisto konsultacijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000031A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizuojamos ekskursijos, susitikimai su skirtingų profesijų atstovais, praktiniai užsiėmimai įmonėse, įstaigose ar virtualioje erdvėje, dalyvavimas projektuose, konferencijose, renginiuose, savanorystė ir kitos veiklos už mokyklos ribų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000031B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00287943" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Etninės kultūros ugdymas vykdomas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 1-4 kl. integruojant į mokomuosius dalykus (pasaulio pažinimo, lietuvių kalbos, muzikos, dailės, šokio), neformaliojo vaikų švietimo užsiėmimuose ir klasės vadovo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veikloje (3b priedas). 5-8, I-IV kl. - integruojant į mokomuosius dalykus (istorijos, etikos, lietuvių kalbos, muzikos, technologijų, dailės, geografijos, fizinio ugdymo), klasės vadovo veiklas, gimnazijos renginius (3b priedas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000031C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00287943" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D159A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informacinių technologijų ugdymo turinys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taikomas visų dalykų pamokose, atsižvelgus į jų specifiką bei mokinių amžių. 1-4 klasėse informacinių komunikacinių technologijų pagrindų mokoma per visus mokomuosius dalykus. Pradinių klasių mokytojai turi galimybę dalykų pamokas vesti kompiuterių klasėje arba gimnazijos bibliotekoje-informaciniame centre. 1-2 kl. informatikai mokyti skiriama po 1 val. iš poreikiams tenkinti skirtų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valandų (1a priedas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000031D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D159A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pilietiškumo ir gynybos įgūdžių kursas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. I gimnazijos klasėje bendradarbiaujant su Lietuvos šaulių sąjunga organizuojamas Pilietiškumo ir gynybos įgūdžių kursas (toliau - PGIK). PGIK skiriamos 3 ugdymo dienos per mokslo metus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000031E" w14:textId="6123F2E5" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinys gali būti atleidžiamas mokyklos vadovo sprendimu nuo dalyvavimo PGĮK:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000031F" w14:textId="66CECB69" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jeigu yra gautas tėvų (globėjų, rūpintojų) prašymas dėl atleidimo dėl objektyvių priežasčių (liga, trauma, nelaimė ir kt.). Atleistam mokiniui sudaroma galimybė dalyvauti PGĮK kitais mokslo metais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000320" w14:textId="4F8A0208" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jeigu yra gauta asmens sveikatos priežiūros įstaigos gydytojų konsultacinės komisijos rekomendacija atleisti nuo PGĮK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000321" w14:textId="4171741A" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PGĮK nedalyvavusiam mokiniui rekomenduojama jame dalyvauti kitais mokslo metais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000322" w14:textId="05EDA64E" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-8 ir I-IV gimnazijos klasių integruojamų dalykų pamokų turinys dienyne įrašomas tų dalykų apskaitai skirtuose puslapiuose (jei pamokoje dirba du ir daugiau mokytojų), 1-4 klasių dienyne įrašoma savaitės ugdomosios veiklos lentelės bendrosiose pastabose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000323" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gyvenimo įgūdžių ugdymas gimnazijoje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000324" w14:textId="737D7B1C" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-4 kl. gyvenimo įgūdžių bendroji programa įgyvendinama integruojant į klasės vadovo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>veiklą ir mokomuosius dalykus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000325" w14:textId="098667D4" w:rsidR="00EB3E31" w:rsidRPr="00247EB2" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-8, I-II kl. įgyvendinama patyčių prevencijos programa „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Olweus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“, integruojant į klasės vadovo, socialinio pedagogo, psichologo veiklą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000326" w14:textId="69923A17" w:rsidR="00EB3E31" w:rsidRPr="00D159A6" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_heading=h.2jxpo528bom5" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00D159A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kultūrinis</w:t>
+      </w:r>
+      <w:r w:rsidR="00374090" w:rsidRPr="00D159A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A11F83">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00374090" w:rsidRPr="00D159A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pažintinis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D159A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymas</w:t>
+      </w:r>
+      <w:r w:rsidR="00553F9B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne mokyklos aplinkoje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000327" w14:textId="7CB56CE4" w:rsidR="00EB3E31" w:rsidRPr="00604508" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_heading=h.rfd5z0frwu4r" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pažintinei, kultūrinei veiklai per mokslo metus skiriama nuo 5 iki 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D159A6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo proceso dienų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Šios dienos įskaičiuojamos į mokymosi dienų skaičių. Šios veiklos mokiniams yra privalomos. Jos organizuojamos nuosekliai per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokslo metus (</w:t>
+      </w:r>
+      <w:r w:rsidR="00604508" w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4a, 4b priedai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C22F83F" w14:textId="556044EE" w:rsidR="00553F9B" w:rsidRPr="00553F9B" w:rsidRDefault="00374090" w:rsidP="00553F9B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jei mokiniams mokyklos vadovo įsakymu laisvomis nuo ugdymo dienomis organizuojamas ugdymo procesas (vyksta į ekskursijas, išvykas ar vykdomos kitokios ugdymo veiklos), šios ugdymo dienos yra įskaitomos į mokinio ugdymo dienų skaičių, nustatytą mokslo metams;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000328" w14:textId="127C884A" w:rsidR="00EB3E31" w:rsidRPr="00553F9B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247EB2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokos gali būti organizuojamas ne tik mokykloje, bet ir kitose aplinkose</w:t>
+      </w:r>
+      <w:r w:rsidR="00553F9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00553F9B" w:rsidRPr="00553F9B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugdymas ne mokyklos aplinkoje gali būti organizuojamas muziejuje, galerijoje, teatre, parke, </w:t>
+      </w:r>
+      <w:r w:rsidR="00553F9B" w:rsidRPr="00553F9B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>gamtos mokslų, technologijų, inžinerijos, matematikos mokslų ir kūrybiškumo (STEAM)</w:t>
+      </w:r>
+      <w:r w:rsidR="00553F9B" w:rsidRPr="00553F9B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atviros prieigos centre ar kitose mokymuisi tinkamose aplinkose</w:t>
+      </w:r>
+      <w:r w:rsidR="00553F9B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680C1808" w14:textId="4CAAA53B" w:rsidR="00553F9B" w:rsidRDefault="00553F9B" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553F9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugdymo ne mokyklos aplinkoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiklos organizuojamos vadovaujantis </w:t>
+      </w:r>
+      <w:r w:rsidR="009E3D23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3D23" w:rsidRPr="009E3D23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">endrųjų ugdymo planų 11 priedu </w:t>
+      </w:r>
+      <w:r w:rsidR="009E3D23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3D23" w:rsidRPr="009E3D23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugdymo ne mokyklos aplinkoje organizavimo aprašu</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3D23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) ir gimnazijos direktoriaus 2025 m. rugpjūčio 22 d. įsakymu Nr. V-41 patvirtintu Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijos u</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3D23" w:rsidRPr="009E3D23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gdymo ne mokyklos aplinkoje organizavimo aprašu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A11F83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (7 priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CD3293" w14:textId="412D2B6D" w:rsidR="009E3D23" w:rsidRPr="009E3D23" w:rsidRDefault="009E3D23" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3D23">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Atsižvelgiant į gimnazijos bendruosius ugdymo planus ir dalykų programų mokymosi turinį, ugdymo procesas ne gimnazijos aplinkoje gali būti organizuojamas vykdant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000329" w14:textId="63191792" w:rsidR="00EB3E31" w:rsidRDefault="00975E02" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3D23" w:rsidRPr="009E3D23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>švykas, t. y. išvykimus iš mokyklos mokymosi tikslais: į muziejus, STEAM centrus, parkus, sporto aikštynus, baseinus ar kitus objektus, erdves, kuriose organizuojamas ugdymo procesas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64424F0A" w14:textId="058C8DC4" w:rsidR="00975E02" w:rsidRPr="004A4A9F" w:rsidRDefault="00975E02" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00975E02">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pažintines veiklas, kaip neformaliojo vaikų švietimo veiklas, skirtas vaikų ir jaunimo tautiniam, pilietiniam ir kultūriniam ugdymui skatinti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F01E45D" w14:textId="629DF367" w:rsidR="00374090" w:rsidRPr="004A4A9F" w:rsidRDefault="00374090" w:rsidP="00FC6410">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siekiant stiprinti mokinių kultūrinę kompetenciją ir dalykinę integraciją, </w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3" w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įgyvendinamos </w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keturios </w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3" w:rsidRPr="00642FF5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ilgalaikė</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3" w:rsidRPr="00642FF5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Tūkstantmečio mokyklos I“ projekto metu parengt</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3" w:rsidRPr="00642FF5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kultūrinio ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="00D159A6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">srities </w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3" w:rsidRPr="00642FF5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>os: teatro programa ,,Teatras – kūrybos laboratorija“, ,,</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3" w:rsidRPr="00456CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vizualinio mąstymo strategijos metodo programa</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“, </w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3" w:rsidRPr="00642FF5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,,Integruota muzikos, IT, fizikos programa“</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir ,,</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3" w:rsidRPr="00456CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jaunųjų kūrėjų ugdymo programa</w:t>
+      </w:r>
+      <w:r w:rsidR="00456CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4390">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410" w:rsidRPr="00D55C38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiprinant </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokinių </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410" w:rsidRPr="00D55C38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kūrybinę raišką gimtojo krašto pažinimo ir kultūros puoselėjimo srityj</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410" w:rsidRPr="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įgyvendinama ilgalaikė kultūrinio ugdymo programa „Kazio Morkūno kūrybos kelias“</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, patvirtinta </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410" w:rsidRPr="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaišiadorių rajono savivaldybės administracijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410" w:rsidRPr="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Švietimo, kultūros ir sporto skyriaus vedėjo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410" w:rsidRPr="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025 m. rugpjūčio 5 d. įsakymu Nr. DS-ŠV-196</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6410">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000032B" w14:textId="10B671BD" w:rsidR="00EB3E31" w:rsidRPr="00604508" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siekiant laiku informuoti mokyklos bendruomenę apie planuojamas organizuoti mokykloje veiklas, padėti mokytojams ir mokiniams planuoti savo kasdienę </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531CE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklą, sukurtas ir metų eigoje papildomas ugdymo proceso organizavimo mokykloje kalendorius</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurį sudaro planuojami gimnazijoje renginiai ir kitos veiklos, jų išdėstymas laiko </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>juostoje (</w:t>
+      </w:r>
+      <w:r w:rsidR="00604508" w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00604508">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000032C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Socialinė-pilietinė veikla:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000032D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniams, kurie mokosi. pagal pagrindinio ugdymo programą (5-8, I-II,III klasėse) socialinė-pilietinė veikla yra privaloma. Jai skiriama:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000032E" w14:textId="4EFCA23E" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-8, I-II klasėse 20 valandų per mokslo metus, ne mažiau nei 5 valandas skiriant gimnazijos bendruomenei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000032F" w14:textId="35305B8F" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>III-IV klasėse ne mažiau nei 70 valandos per dvejus mokslo metus, iš kurių ne mažiau 40 valandų III klasėje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000330" w14:textId="3E1F1EB9" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Socialinė veikla organizuojama vadovaujantis Bendrųjų ugdymo planų 9 priedu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00287943" w:rsidRPr="00287943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000331" w14:textId="27CAE7DC" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rekomenduojamos socialinės-pilietinės veiklos kryptys: savanorystė, socialinė (pedagoginės pagalbos) veikla, ekologinė veikla, veikla gimnazijoje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir kt. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00604508" w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604508">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000332" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Socialines-pilietines veiklas mokiniai planuoja ir atlieka savarankiškai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000333" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniams, pateikusiems pažymėjimą, patvirtinantį savanorio atliktą savanorišką tarnybą pagal Jaunimo savanoriškos tarnybos organizavimo tvarkos aprašą, patvirtintą Lietuvos Respublikos socialinės apsaugos ir darbo ministro 2018 m. birželio 22 d. įsakymu Nr. A1-317„Dėl Jaunimo savanoriškos tarnybos organizavimo tvarkos aprašo patvirtinimo“, įskaitoma socialinė-pilietinė veikla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000334" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Veiklos apskaitos vykdymui, mokinys privalo šios veiklos apskaitos lapus pateikti atsakingam asmeniui, kuris po įvykdytos veiklos parašo valandas ir pasirašo lape. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000335" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Socialinės-pilietinės veiklos kontrolę vykdo klasės auklėtojas, kuris iki kiekvieno mėnesio 10 dienos mokinio įvykdytas veiklas fiksuoja e. dienyne. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000336" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinio socialinė-pilietinė veikla pasibaigus mokslo metams vertinama ,,įskaityta“ arba ,,neįskaityta“.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000337" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dėl mokinių turinčių specialiųjų poreikių socialinės-pilietinės veiklos atlikimo priimami individualūs sprendimai, atsižvelgiant į mokinio galias, gebėjimus: individualiai parenkamos veiklos ir jų teikėjai arba mokinys nuo šios veiklos atleidžiamas.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000338" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Neformaliojo vaikų švietimo organizavimas gimnazijoje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000339" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_heading=h.fetx55h7df4w" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Neformaliojo vaikų švietimo programos rengiamos atsižvelgiant į Lietuvos Respublikos švietimo ir mokslo ministro 2011 m. liepos 5 d. įsakymu Nr. V-1214 patvirtintą  Bendrųjų iš valstybės ir savivaldybių biudžetų finansuojamų neformaliojo švietimo programų kriterijų aprašą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000033A" w14:textId="102107F8" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Neformaliojo švietimo veikla gimnazijoje vykdoma pasirenkant optimaliausią aplinką, kuri padeda įgyvendinti neformaliojo švietimo tikslus (sporto aikštynas, sporto salė,</w:t>
+      </w:r>
+      <w:r w:rsidR="0073064A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0073064A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>multifunkcė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0073064A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> salė</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> muzikos kabinetas, dailės studija, teatro studija, </w:t>
+      </w:r>
+      <w:r w:rsidR="0073064A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kabinetas, Rumšiškių kultūros centro salė, Lietuvos liaudies buities muziejus, Jono Aisčio muziejus ir kt.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000033B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokslo metų pabaigoje tiriamas neformaliojo švietimo poreikis. Atsižvelgiant į poreikį, rengiamos neformaliojo švietimo programos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000033C" w14:textId="28FC3124" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neformaliojo vaikų švietimo programas gimnazijoje vertina 5 narių komisija, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">atsižvelgdama į ugdymo koncentrus, klasių komplektų skaičių, neformaliojo ugdymo organizavimo tradicijas, tikslingumą ir finansines galimybes. Neformaliojo švietimo programos skelbiamos gimnazijos oficialiame tinklalapyje ir mokyklos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>facebook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grupėje iki rugsėjo </w:t>
+      </w:r>
+      <w:r w:rsidR="0073064A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000033D" w14:textId="42360F64" w:rsidR="00EB3E31" w:rsidRPr="00F009CA" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F009CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Neformaliojo vaikų švietimo programas mokiniai renkasi laisvai nuo rugsėjo 1 d. – iki 14 d. Neformaliojo švietimo būrelių pasiūla (4</w:t>
+      </w:r>
+      <w:r w:rsidR="00604508" w:rsidRPr="00F009CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F009CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000033E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Neformaliojo švietimo grupėje mokinių skaičius gimnazijoje yra ne mažesnis kaip 10 mokinių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358D0AB4" w14:textId="77777777" w:rsidR="002B1544" w:rsidRDefault="002B1544" w:rsidP="00164EDC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000340" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MOKINIŲ MOKYMOSI KRŪVIO REGULIAVIMAS</w:t>
-[...799 lines deleted...]
-    <w:p w14:paraId="4F6C5360" w14:textId="77777777" w:rsidR="00880548" w:rsidRDefault="00880548">
+        <w:t>KETVIRTASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000341" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="40661F5F" w14:textId="0CC59033" w:rsidR="00880548" w:rsidRDefault="004D07C7">
+        <w:t>MOKINIŲ MOKYMOSI KRŪVIO REGULIAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000342" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="927"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000343" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokiniui mokymosi krūvis per savaitę esant galimybei yra paskirstomas proporcingai. Vadovaujantis Higienos norma mokykloje ugdymo procesui organizuoti sudaromas tvarkaraštis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000344" w14:textId="237E5496" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Siekiant tausoti mokinių sveikatą, gimnazijoje direktoriaus pavaduotojai ugdymui vykdo mokinių mokymosi krūvio stebėseną pagal kuruojamus klasių koncentrus: pradinis ugdymas, pagrindinio ugdymo pirma dalis, pagrindinio ugdymo antra dalis</w:t>
+      </w:r>
+      <w:r w:rsidR="0009096A" w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000345" w14:textId="61E4743E" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atsiskaitomieji darbai, skirti pažymiu įvertinti mokinių pasiekimus, nebūtų organizuojami per dažnai, nebūtų atliekami iš karto po ligos, atostogų, po šventinių dienų. Planuojant klasei skirtų atsiskaitomųjų darbų intensyvumą per dieną ir savaitę, numatytas pakankamas laikas jiems pasirengti. Atsiskaitomųjų darbų užduotys ir įvertinimai turi būti grąžinami mokiniams, kilus klausimų mokiniams ir jų tėvams (globėjams, rūpintojams), jei jie to pageidauja, sudaromos sąlygos išsamiai susipažinti su individualaus darbo stiprybėmis ir trūkumais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E04AAA" w14:textId="0AC3FA13" w:rsidR="00582724" w:rsidRPr="004A4A9F" w:rsidRDefault="0009096A" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reguliuojant mokymosi krūvius mokytojai namų darbų užduotis skiria tikslingai, įtvirtint pamokoje ugdytus gebėjimus ir pagal galimybes diferencijuojama atliepiant įvairius mokinių mokymosi poreikius. Siekiant užtikrinti mokinių darbo ir poilsio režimą, įvertin</w:t>
+      </w:r>
+      <w:r w:rsidR="00353EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skiriamų užduočių kiek</w:t>
+      </w:r>
+      <w:r w:rsidR="00353EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir laik</w:t>
+      </w:r>
+      <w:r w:rsidR="00353EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> joms atlikti visų mokomųjų dalykų kontekste. Rekomenduojama, kad vidutinis laikas visų dalykų namų darbams atlikti pradinėse klasėse neturėtų viršyti 40 min. per dieną, įskaitant skaitymo įgūdžių ugdymą, pagrindinio ugdymo pirmame koncentre – 60 min., pagrindinio ugdymo antrame koncentre ir viduriniame ugdyme – 120 min</w:t>
+      </w:r>
+      <w:r w:rsidR="00582724" w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000346" w14:textId="66549CF8" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00582724" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siek</w:t>
+      </w:r>
+      <w:r w:rsidR="00353EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mažinti mokinių laiką, praleistą prie ekranų: atliekant namų užduotis įsivertinti būtinybę užduotis skirti elektroninėse aplinkose. Atsižvelgiant į individualius mokinių poreikius namų darbams skirtas laikas gali didėti, bet ne daugiau nei 20 procentų nurodyto laiko.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000347" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokiniui, kuris atstovauja mokyklai varžybose, konkursuose, olimpiadose per atostogas, savaitgalio ar švenčių dienomis, tos dienos įskaitomos į mokinio ugdymosi dienų skaičių. Mokinio prašymu poilsio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gali būti nukeliamos į artimiausias darbo dienas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000348" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuo dalyko (dalykų) dalies pamokų mokiniai gali būti atleidžiami, jeigu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000349" w14:textId="6CB18621" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mokosi arba yra baigę formalųjį švietimą papildančio ugdymo ar neformaliojo vaikų švietimo programą (muzikos, dailės, menų, sporto ir kitas), kurios turinys yra artimas ar tapatus dalyko, kurio mokosi, bendrajai programai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000034A" w14:textId="564F9F45" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lanko aukšto sportinio meistriškumo pratybas ne rečiau kaip 3 kartus per savaitę ir yra sporto šakos rinktinės nariai ar Lietuvos, Europos, pasaulio čempionatų, olimpinių, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paralimpinių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> žaidynių ar kitų aukšto sportinio meistriškumo sporto varžybų dalyviai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000034B" w14:textId="020304EB" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinys yra nacionalinių ar tarptautinių dalykinių olimpiadų, konkursų einamaisiais mokslo metais prizinių vietų laimėtojas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000034C" w14:textId="6B811581" w:rsidR="00EB3E31" w:rsidRPr="004A4A9F" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4A9F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinio iki 14 metų tėvai (globėjai), mokinys, nuo 14 iki 18 metų turėdamas tėvų (rūpintojų) rašytinį sutikimą, mokyklos vadovui pateikia:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000034D" w14:textId="018B58F1" w:rsidR="00EB3E31" w:rsidRPr="00112145" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prašymą atleisti nuo dalyko (dalykų) dalies pamokų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000034E" w14:textId="19C15330" w:rsidR="00EB3E31" w:rsidRPr="00112145" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tėvų (rūpintojų) rašytinį sutikimą, jei mokinys yra nuo 14 iki 18 metų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000034F" w14:textId="59706A87" w:rsidR="00EB3E31" w:rsidRPr="00112145" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neformaliojo vaikų švietimo programą ar formalųjį švietimą papildančio ugdymo programą arba nuorodą į jas, kai mokinys mokosi arba yra baigęs neformaliojo vaikų švietimo programą ar formalųjį švietimą papildančio ugdymo programą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000350" w14:textId="5E6022B7" w:rsidR="00EB3E31" w:rsidRPr="00112145" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sporto pratybų organizatoriaus išduotą pažymą, kurioje nurodomas mokinio sporto pratybų dažnumas per savaitę, informacija apie Bendrųjų ugdymo planų 30.2 papunktyje nurodytą mokinio sportinio meistriškumo lygį ir dalyvavimą varžybose, kai mokinys lanko aukšto sportinio meistriškumo pratybas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000351" w14:textId="517548A1" w:rsidR="00EB3E31" w:rsidRPr="00112145" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="556"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įrodymą, kad mokinys yra nacionalinių ar tarptautinių dalykinių olimpiadų, konkursų einamaisiais mokslo metais prizinių vietų laimėtojas, kai atleidimą nuo dalyko (dalykų) dalies pamokų grindžia šia aplinkybe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000352" w14:textId="353ECD06" w:rsidR="00EB3E31" w:rsidRPr="00112145" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>muzikos, dailės, fizinio ugdymo pamokos tvarkaraštyje yra pirmutinės arba paskutinės (išimtinais atvejais prieš arba po ilgosios pertraukos);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000353" w14:textId="2F47E823" w:rsidR="00EB3E31" w:rsidRPr="00112145" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_heading=h.9egejcjiajkw" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kai muzikos, dailės, fizinio ugdymo pamokos metu vyksta užsiėmimai muzikos, menų, sporto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokyklose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000354" w14:textId="47600CFD" w:rsidR="00EB3E31" w:rsidRPr="00112145" w:rsidRDefault="00531CE3" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dalykų vertinimai, gauti pagal neformalųjį švietimą papildančias programas konvertuojami į pažymį pagal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dešimtbalę</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vertinimo skalę arba lygį (pradiniame ugdyme).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000355" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinys, atleistas nuo kurių nors menų, fizinio ugdymo ar kitų sričių dalykų pamokų, jų metu gali užsiimti kita veikla arba mokytis individualiai. Gimnazija užtikrina nuo pamokų atleistų mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, esančių gimnazijoje,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saugumą ir užimtum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ą. J</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eigu šios pamokos pagal pamokų tvarkaraštį yra pirmosios ar paskutinės, mokiniai gali į mokyklą atvykti vėliau arba išvykti anksčiau, atvykusieji į mokyklą laisvą laiką gali leisti bibliotekoje, o fizinio ugdymo pamokų metu gali būti mokytojo pagalbininku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000356" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D07C7">
+    </w:p>
+    <w:p w14:paraId="535AD605" w14:textId="77777777" w:rsidR="00713BA5" w:rsidRDefault="00713BA5">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000357" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PENKTASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1772FD" w14:textId="02203B1A" w:rsidR="004D07C7" w:rsidRDefault="004D07C7" w:rsidP="00DA323F">
+    <w:p w14:paraId="00000358" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MOKYMOSI PAGALBOS TEIKIMAS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6DA31FBC" w14:textId="77777777" w:rsidR="004D07C7" w:rsidRDefault="004D07C7" w:rsidP="004D07C7">
+        <w:t xml:space="preserve">MOKYMOSI PAGALBOS TEIKIMAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000359" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2605689C" w14:textId="77777777" w:rsidR="004D07C7" w:rsidRDefault="004D07C7" w:rsidP="004D07C7">
+    <w:p w14:paraId="0000035A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gimnazija sudaro sąlygas kiekvienam mokiniui mokytis pagal jo gebėjimus ir siekti kuo aukštesnių pasiekimų. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388ADF25" w14:textId="77777777" w:rsidR="004D07C7" w:rsidRDefault="004D07C7" w:rsidP="004D07C7">
+    <w:p w14:paraId="0000035B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Už mokinių, kuriems kyla mokymosi sunkumų, ugdymo organizavimą atsakingas </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="78BE0055" w14:textId="77777777" w:rsidR="004D07C7" w:rsidRDefault="004D07C7" w:rsidP="009D1A9D">
+        <w:t>Už mokinių, kuriems kyla mokymosi sunkumų, ugdymo organizavimą atsakingas direktoriaus pavaduotojas ugdymui (pagal kuruojamas klases).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000035C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Siekiant laiku identifikuoti mokinius, kuriems kyla mokymosi sunkumų, gimnazijoje organizuojami Apvaliojo stalo susirinkimai, kuriuose dalyvauja administracijos atstovai, klasių vadovai, tose klasėse dėstantys mokytojai, socialinis pedagogas, psichologas, specialusis pedagogas. Susirinkimų metu mokytojai dalijasi informacija apie mokinių pasiekimus bei priima sprendimus ir rekomendacijas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00665F8C" w14:textId="77777777" w:rsidR="009D1A9D" w:rsidRDefault="004D07C7" w:rsidP="009D1A9D">
+    <w:p w14:paraId="0000035D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tėvams sutikus, mokiniams, kuriems reikalinga sisteminė ugdymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) pagalba, skiriami kuratoriai. Tėvai, kartu su mokiniu pasirašo susitarimą dėl mokinio pažangos gerinimo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB6FB73" w14:textId="74F1EEE3" w:rsidR="004D07C7" w:rsidRPr="009D1A9D" w:rsidRDefault="004D07C7" w:rsidP="009D1A9D">
+    <w:p w14:paraId="0000035E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D1A9D">
-[...56 lines deleted...]
-    <w:p w14:paraId="18D9303D" w14:textId="77777777" w:rsidR="004D07C7" w:rsidRDefault="004D07C7" w:rsidP="004D07C7">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kuratoriaus teikiama pagalba: kartą per savaitę susitikdamas su kuruojamu mokiniu ir atsižvelgdamas į individualius mokinio poreikius kartu su mokiniu numato jo pažangos gerinimo būdus; pusmečio ir metų pabaigoje informuoja tėvus apie vaiko padarytą pažangą ir susitaria dėl tolesnio pagalbos teikimo; kas mėnesį Apvaliojo stalo susitikimų metu aptaria pagalbos veiksmingumą, teikia siūlymus dėl tolimesnės pagalbos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000035F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vaiko gerovės komisija apsvarsčiusi mokytojų siūlymus teikia dėstantiems mokytojams rekomendacijas dėl pagalbos teikimo ir stebi bei analizuoja pagalbos poveikį mokiniui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1C563F" w14:textId="245932FE" w:rsidR="004D07C7" w:rsidRPr="00C063F8" w:rsidRDefault="004D07C7" w:rsidP="00C063F8">
+    <w:p w14:paraId="00000360" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="00531CE3" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C063F8">
+      <w:bookmarkStart w:id="13" w:name="_heading=h.c881bman0867" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00531CE3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokymosi pagalba teiki</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C063F8">
+        <w:t>Mokymosi pagalba teikiama mokiniams, nepasiekusiems slenkstinio lygio 1-4 kl., patenkinamo įvertinimo 5-8, I-II kl. arba nepasiekus patenkinamo pasiekimų lygmens patikrinimuose:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000361" w14:textId="45782716" w:rsidR="00EB3E31" w:rsidRPr="00FD7122" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77720">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atliekant dalyko nepatenkinamo įvertinimo arba nepasiekto slenkstinio lygmens analizę ir sudarant</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individualų/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77720">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ių mokymosi pasiekimų gerinimo planą</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB093A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB093A" w:rsidRPr="002B1544">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10a,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB093A" w:rsidRPr="002B1544">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1544" w:rsidRPr="002B1544">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45272">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB093A" w:rsidRPr="002B1544">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prieda</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB093A" w:rsidRPr="002B1544">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1544">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77720">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kuri</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ame</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77720">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gali būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000362" w14:textId="19F27C89" w:rsidR="00EB3E31" w:rsidRDefault="00CB093A" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB093A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">numatyti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ugdymo proceso pakeitimai. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB093A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tokiu atveju mokymosi pagalbą mokiniui teikia jį mokantis mokytojas, individualizuodamas mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB093A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB093A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) užduotis, taikydamas metodikas, atsižvelgdamas į mokinio mokymosi stilių bei jo gebėjimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000363" w14:textId="01F1B518" w:rsidR="00EB3E31" w:rsidRPr="00FD7122" w:rsidRDefault="00CB093A" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>socialinių įgūdžių ugdymui skiriamos švietimo pagalbos specialistų konsultacijos, mokinio padėjėjo, kuratoriaus pagalba;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000364" w14:textId="36F74389" w:rsidR="00EB3E31" w:rsidRPr="00FD7122" w:rsidRDefault="00CB093A" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skiriamos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB093A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konsultacijos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649BF688" w14:textId="4EBC2CFC" w:rsidR="00883050" w:rsidRPr="00FD7122" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883050">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniams, kurie nepasiekia bendrojoje programoje numatyto slenkstinio</w:t>
+      </w:r>
+      <w:r w:rsidR="00D731E3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lygio/patenkinamo įvertinimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883050">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mokytojo siūlymu ir Vaiko gerovės komisijos pritarimu sudaromos sąlygos išlyginti mokymosi spragas, skiriant privalomas trumpalaikes konsultacijas. Apie skirtas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883050">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>konsultacijas klasės auklėtojas informuoja tėvus (globėjus, rūpintojus);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000366" w14:textId="4494ED96" w:rsidR="00EB3E31" w:rsidRPr="00FD7122" w:rsidRDefault="00883050" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepasiekusiam </w:t>
+      </w:r>
+      <w:r w:rsidR="00D731E3" w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patenkinamo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pasiekimų lygmens patikrinimuose mokiniui sudaroma galimybė gauti ne mažiau kaip 20 konsultacijų. Konsultacijos gali būti vykdomos intensyviai, t. y. išdėstant jas per kelis mėnesius arba išdėstant jas tam tikru periodiškumu per visas ugdymo dienas. Konsultacijos teikiamos ne didesnėse kaip 5 mokinių grupėse. Jei mokinys nedalyvauja paskirtose konsultacijose, apie tai mokykla informuoja tėvus (globėjus, rūpintojus). Mokinio praleistos konsultacijos nėra kompensuojamos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000368" w14:textId="43535942" w:rsidR="00EB3E31" w:rsidRPr="00FD7122" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883050">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trumpalaikės konsultacijos skiriamos mokiniams, dėl ligos nelankiusiems mokyklos daugiau kaip 2 sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883050">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aites, gavusiems kelis iš eilės nepatenkinamus kurio nors dalyko įvertinimus</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="_heading=h.wttkrtbqq64q" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidR="00883050">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000369" w14:textId="6183FE18" w:rsidR="00EB3E31" w:rsidRPr="00531CE3" w:rsidRDefault="00D45272" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C063F8" w:rsidRPr="00C063F8">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ma</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C13B23" w:rsidRPr="00C063F8">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531CE3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C063F8" w:rsidRPr="00C063F8">
+        <w:t>ndividua</w:t>
+      </w:r>
+      <w:r w:rsidR="00A272B7" w:rsidRPr="00531CE3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mokiniams, nepasiekusiems patenkinamo lygio 1-4 kl</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C063F8">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3574" w:rsidRPr="00531CE3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C063F8" w:rsidRPr="00C063F8">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531CE3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> patenkinamo įvertinimo 5-8, I-II kl</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C063F8">
+        <w:t>s ugdymo planas sudaromas mokiniui, kuris:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000036B" w14:textId="4EA06F05" w:rsidR="00EB3E31" w:rsidRPr="00D45272" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_heading=h.cyw1vltea67o" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atvykęs </w:t>
+      </w:r>
+      <w:r w:rsidR="00A272B7" w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arba grįžęs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokytis iš </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45272">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užsienio (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45272" w:rsidRPr="00D45272">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45272">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27256DC1" w14:textId="618D6994" w:rsidR="00A272B7" w:rsidRPr="00811D8E" w:rsidRDefault="00A272B7" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokomas namie pagal gydytojų konsultacinės komisijos rekomendacijas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000036C" w14:textId="6507E53D" w:rsidR="00EB3E31" w:rsidRPr="00D45272" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">turi specialiųjų ugdymosi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45272">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>poreikių (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45272" w:rsidRPr="00D45272">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D45272">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0DD9EF" w14:textId="25B1B44A" w:rsidR="00A272B7" w:rsidRPr="00FD7122" w:rsidRDefault="00A272B7" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7122">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turi išskirtinių gabumų, siekia aukštų mokymosi pasiekimų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000036D" w14:textId="01CE638A" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokiniui, kuris mokosi pagal pradinio, pagrindinio ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programą, individua</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3574" w:rsidRPr="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo planas, padedantis taisyti turimas spragas ir stebėti mokinio paž</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>angą, sudaromas ir įgyvendinamas bendradarbiaujant mokytojams, mokiniams, mokinių tėvams, gimnazijos vadovams ir švietimo pagalbos specialistams (specialiajam pedagogui, psichologui)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (10a priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000036E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Individualiai ar mokinių grupei tam tikriems tikslams pasiekti (pasiekimų skirtumams mažinti, gabumams plėtoti, skirtingoms mokymosi strategijoms įgyvendinti) ugdymo turinys diferencijuojamas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000036F" w14:textId="52114188" w:rsidR="00EB3E31" w:rsidRPr="00FD7122" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A53DB7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I-II gimnazijos klasėse lietuvių (gimtosios) kalbos, užsienio (anglų) kalbos ir matematikos pamokoms mokiniai </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3574">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skirstomi į </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53DB7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laikinąsias grupes </w:t>
+      </w:r>
+      <w:r w:rsidR="00D731E3" w:rsidRPr="00A53DB7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>diferencijuo</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3574">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tam dalyko mokymui,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3574" w:rsidRPr="00EE3574">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3574" w:rsidRPr="00A53DB7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sudarant </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3574">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grupes </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3574" w:rsidRPr="00A53DB7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagal individualius mokinių poreikius</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir ugdymosi tikslus</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3574">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000370" w14:textId="3A6BE0EF" w:rsidR="00EB3E31" w:rsidRPr="00FD7122" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A53DB7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV gimnazijos klasėse lietuvių kalbos ir literatūros mokymui mokiniai pasirinkę išplėstinį dalyko kursą diferencijuojami sudarant laikinąsias grupes pagal</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53DB7" w:rsidRPr="00A53DB7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individualius mokinių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53DB7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>poreikius, kai klasėje mokosi 25 ir daugiau mokinių. Pirmosios užsienio (anglų) kalbos mokymui – pagal siekiamą kalbos mokėjimo lygį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000371" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Atsižvelgiant į gimnazijos finansines galimybes, mokiniams, demonstruojantiems aukščiausio lygmens pasiekimus, yra skiriamos trumpalaikės konsultacijos olimpiadoms ir konkursams pasiruošti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000372" w14:textId="1906E498" w:rsidR="00EB3E31" w:rsidRPr="00FD7122" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7122">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Mokinių mokymosi pasiekimų ir pažangos vertinimas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yra gimnazijos ugdymo turinio dalis ir dera su keliamais ugdymo tikslais. Vertinant mokinių pasiekimus ir pažangą, vadovaujamasi Pradinio, pagrindinio ir vidurinio ugdymo programų aprašu, Nuosekliojo mokymosi pagal bendrojo ugdymo programas tvarkos aprašu ir kitais teisės aktais, reglamentuojančiais mokinių pasiekimų ir pažangos vertinimą bei gimnazijoje priimta mokinių pasiekimų ir pažangos vertinimo tvarka</w:t>
+      </w:r>
+      <w:r w:rsidR="009257FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, patvirtina </w:t>
+      </w:r>
+      <w:r w:rsidR="009257FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2025 m. rugpjūčio 22 d. direktoriaus įsakymu Nr. V-40</w:t>
+      </w:r>
+      <w:r w:rsidR="006D593B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00C13B23" w:rsidRPr="00C063F8">
-[...42 lines deleted...]
-    <w:p w14:paraId="7353F8D5" w14:textId="426F7904" w:rsidR="00C063F8" w:rsidRPr="00C063F8" w:rsidRDefault="00C063F8" w:rsidP="004D07C7">
+    </w:p>
+    <w:p w14:paraId="00000373" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">dalyko </w:t>
-[...73 lines deleted...]
-        <w:t>integruojant į mokymo ir mokymosi procesą. Tokiu atveju mokymosi pagalbą mokiniui suteikia jį mokantis mokytojas, individualizuodamas mokymo(</w:t>
+        <w:t>Mokinio individuali pažanga stebima, įgyvendinant Ugdymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>) užduotis, taikydamas metodikas, atsižvelgdamas į mokinio mokymosi stilių bei jo gebėjimus;</w:t>
-[...378 lines deleted...]
-    <w:p w14:paraId="35D831C5" w14:textId="77777777" w:rsidR="00F610CD" w:rsidRDefault="00F610CD" w:rsidP="00F610CD">
+        <w:t>) pagalbos, individualios pažangos stebėjimo, fiksavimo modelį.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000374" w14:textId="6D9A2409" w:rsidR="00EB3E31" w:rsidRPr="00832C15" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_3dy6vkm" w:colFirst="0" w:colLast="0"/>
-[...797 lines deleted...]
-      <w:r w:rsidRPr="00A86D1A">
+      <w:r w:rsidRPr="00832C15">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinių pažangos ir pasiekimų vertinimo tvarka skelbiama gimnazijos internetinėje svetainėje adresu </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7">
-        <w:r w:rsidRPr="00A86D1A">
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidR="00EB3E31" w:rsidRPr="00832C15">
           <w:rPr>
             <w:color w:val="000000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.baranausko.kaisiadorys.lm.lt/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A86D1A">
+      <w:r w:rsidRPr="00832C15">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A86D1A">
-[...7 lines deleted...]
-    <w:p w14:paraId="53B0E346" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00A86D1A" w:rsidRDefault="00000000" w:rsidP="00A86D1A">
+    </w:p>
+    <w:p w14:paraId="00000375" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A86D1A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokslo metų pradžioje dalykų mokytojai supažindina mokinius su parengtomis dalykų vertinimo normomis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440BDA55" w14:textId="0B1E1F67" w:rsidR="002E5CC8" w:rsidRPr="00A86D1A" w:rsidRDefault="00000000" w:rsidP="00A86D1A">
+    <w:p w14:paraId="00000376" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A86D1A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gimnazija nuolat informuoja mokinių tėvus (globėjus, rūpintojus) apie mokinių mokymosi pasiekimus šiais būdais: pateikia informaciją </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A86D1A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e.dienyne</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A86D1A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, per tėvų susirinkimus, individualius ir telefoninius pokalbius. Visi tėvai turi prieigą prie </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A86D1A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e.dienyno</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A86D1A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir gali sužinoti vaiko ugdymosi rezultatus. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C3C9EB" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRPr="00A86D1A" w:rsidRDefault="00000000" w:rsidP="00A86D1A">
+    <w:p w14:paraId="00000377" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A86D1A">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gimnazija dalyvauja Nacionaliniame mokinių pasiekimų patikrinime. Mokinio pasiekimų rezultatai naudojami ugdymo procese mokinio mokymuisi planuoti ir neįskaičiuojami į ugdymo laikotarpio (pusmečio) įvertinimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75646C51" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8" w:rsidP="00192877">
-[...21 lines deleted...]
-    <w:p w14:paraId="289C6819" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="470324BD" w14:textId="77777777" w:rsidR="00832C15" w:rsidRDefault="00832C15">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1389 lines deleted...]
-    <w:p w14:paraId="3AB0320E" w14:textId="77777777" w:rsidR="00192877" w:rsidRDefault="00192877">
+    </w:p>
+    <w:p w14:paraId="00000379" w14:textId="2710B52C" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="059EAD77" w14:textId="22FA343D" w:rsidR="00434D3F" w:rsidRDefault="00434D3F" w:rsidP="00434D3F">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ŠEŠTASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000037B" w14:textId="5EA532A3" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00832C15">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>SEPTINTASIS SKIRSNIS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="337152DF" w14:textId="77777777" w:rsidR="00434D3F" w:rsidRDefault="00434D3F" w:rsidP="00434D3F">
+        <w:t>LAIKINŲJŲ MOKYMOSI GRUPIŲ SUDARYMAS, KLASIŲ DALIJIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D02B9B" w14:textId="77777777" w:rsidR="00832C15" w:rsidRPr="00832C15" w:rsidRDefault="00832C15" w:rsidP="00832C15">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...50 lines deleted...]
-    <w:p w14:paraId="1391FEA4" w14:textId="77777777" w:rsidR="00434D3F" w:rsidRDefault="00434D3F" w:rsidP="00434D3F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000037D" w14:textId="10855700" w:rsidR="00EB3E31" w:rsidRPr="00E1059E" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_heading=h.ig9r4z12vdgb" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00FC46A6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-4, 5-8, I-II kl. ugdymo turiniui įgyvendinti klasės dalijamos į grupes ir sudaromos laikinosios </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grupės (6a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1059E" w:rsidRPr="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 6b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prieda</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1059E" w:rsidRPr="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000037E" w14:textId="0647E523" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="00E1059E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per dorinio ugdymo (tikybos ir etikos) pamokas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-4, 5-8, I-II gimnazijos klasėse, jei mokoma abiejų dalykų</w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (6a priedas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000037F" w14:textId="2FDC58E3" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="00E1059E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_heading=h.2ol330lwly2d" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-4 klasėse minimalus mokinių skaičius grupėje </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniai, maksimalus – 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000380" w14:textId="460904FA" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="00E1059E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_heading=h.fzqoh6vxzhf8" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-4 klasėse etikai dėstyti suformuotos grupės iš paralelių klasių mokinių, tikyba </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasėse dėstoma kiekvienai klasei atskirai, o 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004904A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3 klasėse- sudaromos grupės iš paralelių klasių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000381" w14:textId="4DE95C10" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="00E1059E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-8, I-II gimnazijos klasėse minimalus mokinių skaičius grupėje 7 mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, maksimalus – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1059E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000382" w14:textId="1DF49E42" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00E1059E" w:rsidP="00E1059E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_heading=h.bp2knie4p7s5" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokinių mokymas namie organizuojamas, vadovaujantis Mokinių mokymo stacionarinėje asmens sveikatos priežiūros įstaigoje ir namuose organizavimo tvarkos aprašu, patvirtintu Lietuvos Respublikos švietimo ir mokslo ministro 2012 m. rugsėjo 26 d. įsakymu Nr. V-1405 „Dėl Mokymo stacionarinėje asmens sveikatos priežiūros įstaigoje ir namuose organizavimo tvarkos aprašo patvirtinimo“, ir Mokymosi formų ir mokymo organizavimo tvarkos aprašu.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="62E283FC" w14:textId="77777777" w:rsidR="00434D3F" w:rsidRDefault="00434D3F" w:rsidP="00434D3F">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="000457AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="000457AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="000457AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, I-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">II klasėse etikai dėstyti suformuotos grupės iš paralelių klasių mokinių, o </w:t>
+      </w:r>
+      <w:r w:rsidR="000457AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kl. dėstoma kiekvienai klasei atskirai, tikyba 5-</w:t>
+      </w:r>
+      <w:r w:rsidR="000457AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I kl. suformuotos grupės iš paralelių klasių mokinių, o </w:t>
+      </w:r>
+      <w:r w:rsidR="000457AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kl.- mokoma atskirai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000383" w14:textId="7A09F2E4" w:rsidR="00EB3E31" w:rsidRPr="00DE6242" w:rsidRDefault="00DE6242" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_heading=h.iklk2r2tfsfh" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>er užsienio kalbų pamokas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vienai kalbai mokyti sudaromos ne didesnės kaip 20 mokinių pradinio ugdymo programoje ir 21 mokinio – pagrindinio ir vidurinio ugdymo programose laikinosios </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6242">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grupės (6b priedas):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000384" w14:textId="03C886DE" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00DE6242" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_heading=h.8ypaxotd5rzs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00DE6242">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6-7,</w:t>
+      </w:r>
+      <w:r w:rsidR="009D556B" w:rsidRPr="00DE6242">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6242">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I-II klasėje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anglų kalbos mokymui laikinosios grupės sudaromos iš paralelių klasių mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53608">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Grupės sudaromos </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53608" w:rsidRPr="00E53608">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>diferencijuotam mokymui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53608">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atsižvelgiant į </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53608">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individualius mokinių poreikius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000385" w14:textId="49FC2A0D" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagrindinio ugdymo programos pirmosios pakopos pabaigoje (baigus 8 klases) pirmajai užsienio kalbai mokyti mokinių skirstymas į grupes vyksta atsižvelgiant į dalyko metinius įvertinimus</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53608">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53608">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>individualius mokinių poreikius ir individualios pažangos tikslus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000386" w14:textId="08CEE738" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00E53608" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>okinių adaptacijai naujoje grupėje skiriamas 1 mėnuo. Šiuo laikotarpiu, mokiniui pageidaujant, jam teikiamos dėstančio mokytojo konsultacijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000387" w14:textId="5FF4A86D" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00E53608" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_heading=h.ggxb1mkx0k87" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntrosios užsienio kalbos mokymui laikinosios grupės 6-8, I-II kl. vokiečių kalbai, </w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kl. rusų kalbai mokyti sudaromos iš paralelių klasių mokinių, o </w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, I-II kl. rusų kalba dėstoma kiekvienai klasei atskirai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000388" w14:textId="0BD340FF" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00250E3C" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_heading=h.46uph52jebfn" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>er technologijų pamokas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-8 klasės dalijamos pusiau, o I-II gimnazijos klasėse – pagal pasirinktas technologijų kryptis. Mokinių dalijimas į grupes priklauso nuo darbo vietų kabinetuose skaičiaus, kurį nustato Higienos norma. (6a priedas)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000389" w14:textId="075AF491" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00250E3C" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_heading=h.bx4y78g75sq0" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6242">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>er informa</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6A2B" w:rsidRPr="00DE6242">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tikos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE6242">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamokas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6242">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>II klasėse sudaromos laikinosios grupės iš paralelių klasių mokinių. Mokinių dalijimas į grupes priklauso nuo darbo vietų kabinete skaičiaus (6a priedas)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000038B" w14:textId="6465A1F4" w:rsidR="00EB3E31" w:rsidRPr="00832C15" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I-II gimnazijos klasėse laikinosios grupės sudaromos lietuvių (gimtosios) kalbos ir matematikos diferencijuotam mokymui. Grupės sudaromos pagal </w:t>
+      </w:r>
+      <w:r w:rsidR="00E464D8" w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individualius mokinių poreikius</w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C" w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00832C15" w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ugdymosi </w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C" w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tikslus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000038C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="00250E3C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...72 lines deleted...]
-    <w:p w14:paraId="1E450457" w14:textId="77777777" w:rsidR="00434D3F" w:rsidRDefault="00434D3F" w:rsidP="00434D3F">
+      <w:r w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>III-IV gimnazijos klasėse laikinosios grupės sudaromos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000038D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="00250E3C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1-3 klasėse skiriama 9 pamokos per savaitę;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="58C44D7A" w14:textId="77777777" w:rsidR="00434D3F" w:rsidRDefault="00434D3F" w:rsidP="00434D3F">
+        <w:t>mokytis to paties dalyko programos kurso;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000038E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="00250E3C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4 klasėje 11 pamokų per savaitę;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DDD3348" w14:textId="77777777" w:rsidR="00434D3F" w:rsidRDefault="00434D3F" w:rsidP="00434D3F">
+        <w:t>iš mokinių, pasirinkusių tą patį dalyką, pasirenkamąjį dalyką arba modulį.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000392" w14:textId="787A10C0" w:rsidR="00EB3E31" w:rsidRPr="00250E3C" w:rsidRDefault="00000000" w:rsidP="009D556B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...273 lines deleted...]
-    <w:p w14:paraId="1C981B1F" w14:textId="77777777" w:rsidR="00192877" w:rsidRDefault="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įgyvendinant vidurinio ugdymo programą laikinosios grupės dydis yra</w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C" w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne mažiau kaip 3 mokinia</w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C" w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokantis dalyko</w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C" w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne mažiau kaip 6 mokiniai pasirenkamajam dalykui ar moduliui mokytis</w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C" w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00250E3C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esant galimybių sudaryti mobiliosios grupės mokiniai mokosi pagal Savarankiško mokymosi tvarką. Į mokinio savarankiško mokymosi krūvį įskaitomas dalyko kursui skirtas pamokų skaičius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000393" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44F9C7A1" w14:textId="24866ABA" w:rsidR="00A5032B" w:rsidRPr="00A5032B" w:rsidRDefault="00A5032B" w:rsidP="00A5032B">
+    <w:p w14:paraId="00000394" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>AŠTUNTASIS SKIRSNIS</w:t>
-[...79 lines deleted...]
-        </w:numPr>
+        <w:t>SEPTINTASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000395" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="854"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1275" w:hanging="708"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="927"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        </w:numPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKINIŲ MOKYMO NAMIE IR UGDYMOSI ŠEIMOJE ORGANIZAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000396" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="854"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="927"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000397" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinių mokymas namie organizuojamas, vadovaujantis Mokinių mokymo stacionarinėje asmens sveikatos priežiūros įstaigoje ir namuose organizavimo tvarkos aprašu, patvirtintu Lietuvos Respublikos švietimo ir mokslo ministro 2012 m. rugsėjo 26 d. įsakymu Nr. V-1405 „Dėl Mokymo stacionarinėje asmens sveikatos priežiūros įstaigoje ir namuose organizavimo tvarkos aprašo patvirtinimo“, ir Mokymosi formų ir mokymo organizavimo tvarkos aprašu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000398" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniai namie mokomi savarankišku ar nuotoliniu mokymo proceso organizavimo būdu. Mokiniui, mokomam namie, gimnazija, suderinusi su mokinio tėvais (globėjais, rūpintojais) ir atsižvelgdama į gydytojų konsultacinės komisijos rekomendacijas, rengia individualų ugdymo planą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000399" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pradinio ugdymo bendroji programa įgyvendinama, ugdymą organizuojant pagal atskirus dalykus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000039A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniams, kurie mokosi namie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000039B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1-3 klasėse skiriama 9 pamokos per savaitę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000039C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4 klasėje 11 pamokų per savaitę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000039D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-6 klasėse 12 pamokų per savaitę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000039E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7-8 klasėse 13 pamokų per savaitę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000039F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I-II gimnazijos klasėse  – 15 pamokų per savaitę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003A0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>III gimnazijos klasėje– 14 pamokų per savaitę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003A1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV gimnazijos klasėje– 14 pamokų per savaitę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003A2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos sprendimu mokiniui, kuris mokosi namuose, gali būti skiriama iki 2 papildomų pamokų per savaitę. Ši</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s pamokos naudojamos mokinio pasiekimams gerinti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003A3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Suderinus su mokinio tėvais (globėjais, rūpintojais), mokyklos vadovo įsakymu mokinys gali nesimokyti menų, dailės, muzikos, technologijų, gyvenimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> įgūdžių</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir kūno kultūros. Dienyne ir mokinio individualiame ugdymo plane prie dalykų, kurių mokinys nesimoko, įrašoma „atleista“. Dalis pamokų, gydytojo leidimu lankomų mokykloje, įrašoma į mokinio individualų ugdymo planą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003A4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Suderinus su mokinio tėvais (globėjais, rūpintojais), mokyklos vadovo įsakymu mokinys, kuris gyvena toliau nuo mokymo įstaigos (kaimas, gyvenvietė), gali būti mokomas nuotoliniu būdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003A5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinys gali būti ugdomas šeimoje pagal pradinio, pagrindinio ir vidurinio ugdymo programą, vadovaujantis Ugdymosi šeimoje įgyvendinimo tvarkos aprašu, patvirtintu Lietuvos Respublikos Vyriausybės 2020 m. gegužės 20 d. nutarimu Nr. 504 „Dėl Ugdymosi šeimoje įgyvendinimo tvarkos aprašo patvirtinimo“.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003A6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="927"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000003A7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="927"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AŠTUNTASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003A8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UGDYMO ORGANIZAVIMAS GRUPINE MOKYMOSI FORMA NUOTOLINIU MOKYMO PROCESO ORGANIZAVIMO BŪDU IR KASDIENIU MOKYMO PROCESO ORGANIZAVIMO BŪDU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003A9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000003AA" w14:textId="0D917B7C" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla, planuodama ugdymo procesą organizuoti nuotoliniu mokymo proceso organizavimo būdu, vadovaujasi Mokymo nuotoliniu mokymo proceso organizavimo būdu kriterijų aprašu, patvirtintu Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2020 m. liepos 2 d. įsakymu Nr. V-1006 „Dėl Mokymo nuotoliniu ugdymo proceso organizavimo būdu kriterijų aprašo patvirtinimo“</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9370E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9370E" w:rsidRPr="00B9370E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijos ugdymo proceso organizavimo nuotoliniu mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B9370E" w:rsidRPr="00B9370E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B9370E" w:rsidRPr="00B9370E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) proceso organizavimo būdu tvarkos aprašas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9370E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, patvirtintu direktoriaus 2025 m. Rugpjūčio 22 d. Įsakymu Nr. V-42 (11 priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003AB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuotoliniu mokymo proceso organizavimo būdu 5–8 klasių mokiniai gali mokytis iki 10 procentų ugdymo procesui skiriamo laiko per mokslo metus, o 9–10, I–IV gimnazijos klasių mokiniai – iki 30 procentų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003AC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokykla planuodama ugdymo procese įgyvendinti nuotoliniu mokymo proceso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>organizavimo būdą, rašo direktoriaus įsakymą, kuriame nurodo kada, kokios klasės mokiniams ugdymo procesas bus organizuojamas nuotoliniu mokymo proceso organizavimo būdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003AE" w14:textId="14E37966" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniai ir jų tėvai (globėjai, rūpintojai) iš anksto informuojami dėl nuotolinio mokymo būdo naudojimo ugdymo procese.</w:t>
+      </w:r>
+      <w:r w:rsidR="006249E8" w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniams reguliariai teikiamas grįžtamasis ryšys, padedantis mokiniui pašalinti mokymosi spragas ir suprasti, kaip efektyviai valdyti savo mokymosi procesą Nuotoliniu mokymo proceso organizavimo būdu gali būti organizuojama:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003AF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vieno ar kelių dalykų mokymas, kai dėl objektyvių priežasčių nėra galimybės mokyti kasdieniu mokymo proceso organizavimo būdu, grupine mokymosi forma;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003B0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>konsultacijos, atsižvelgiant į mokyklos konkrečią situaciją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003B1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009D556B" w:rsidRDefault="00000000" w:rsidP="009D556B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D556B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitos mokyklos organizuojamos veiklos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003B2" w14:textId="25E2CB78" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Planuodama ugdymo procesą organizuoti nuotoliniu mokymo proceso organizavimo būdu, mokykla turi turėti tokiam mokymosi būdui pritaikytas mokymo priemones mokymo procesui organizuoti. Visi nuotoliniu mokymo proceso organizavimo būdu mokyti numatytų klasių mokiniai turi turėti galimybes dalyvauti mokymosi procese.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003B3" w14:textId="4489E644" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuotoliniu mokymo proceso organizavimo būdu organizuojamos pamokos vyksta sinchroniškai. Sinchroninio ugdymo maksimali nepertraukiama trukmė – 90 min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003B4" w14:textId="1569FF14" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pamokas organizuojant sinchroniškai, keičiama pertraukų trukmė, jos ilginamos, sudarant sąlygas mokinių poilsiui. Viena iš pertraukų skiriama pietų pertraukai ir numatoma ilgesnės trukmės. Keičiantis sinchroniškai organizuojamų pamokų laikui, keičiamas ir pamokų tvarkaraštis. Apie ugdymo proceso tvarkaraščio keitimą mokiniui, mokinio tėvams (globėjams, rūpintojams) informuojami iš anksto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003B5" w14:textId="29BB1940" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kasdienį mokymo proceso organizavimo būdą keičiant nuotoliniu mokymo proceso organizavimo būdu, mokinys neturi patirti mokymosi praradimų. Organizuojant ugdymo procesą nuotoliniu būdu gimnazija užtikrina visų reikalingų mokymosi išteklių organizavimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F83A71" w14:textId="21D8772A" w:rsidR="00DC708D" w:rsidRPr="00AD369F" w:rsidRDefault="00DC708D" w:rsidP="00AD369F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinys, į užsienį išvykęs laikinai ar nuolatiniam gyvenimui, turi teisę nuotoliniu  mokytis gimnazijoje. Gimnazijoje nuotoliniu būdu  gali mokytis lietuvių kalbos, Lietuvos istorijos, Lietuvos geografijos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E6A2EB" w14:textId="120A1618" w:rsidR="00DC708D" w:rsidRPr="00AD369F" w:rsidRDefault="00DC708D" w:rsidP="00AD369F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuotoliniu mokymo proceso organizavimo būdu pavienio mokymosi forma, skiriant iki 15 procentų Bendrųjų ugdymo planų 84, 90, 101 punktuose kasdieniam mokymo proceso organizavimo būdui nustatyto minimalaus metinių ir (ar) savaitinių pamokų skaičiaus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F04EF1A" w14:textId="6BEE0CEF" w:rsidR="00DC708D" w:rsidRPr="00AD369F" w:rsidRDefault="00DC708D" w:rsidP="00AD369F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuotolinį mokymo procesą organizuojant grupinio mokymosi forma, lietuvių kalbai mokyti skiriama 50 procentų, Lietuvos istorijai, Lietuvos geografijai – 30 procentų Bendrųjų ugdymo planų 84, 90, 101 punktuose nustatyto minimalaus metinių ir (ar) savaitinių pamokų skaičiaus</w:t>
+      </w:r>
+      <w:r w:rsidR="00D902C0" w:rsidRPr="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B55C190" w14:textId="53FEB0F5" w:rsidR="00DC708D" w:rsidRPr="00AD369F" w:rsidRDefault="00DC708D" w:rsidP="00AD369F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jei vieno ar kelių dalykų mokymas, kai dėl objektyvių priežasčių nėra galimybės mokyti kasdieniu mokymo proceso organizavimo būdu, gali būti organizuojamos nuotoline grupine mokymosi forma;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF23CE5" w14:textId="0F44ADEC" w:rsidR="00DC708D" w:rsidRPr="00B9370E" w:rsidRDefault="00DC708D" w:rsidP="00DC708D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD369F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>konsultacijos gali būti organizuojamos nuotoliniu ir kasdieniu mokymo proceso organizavimo būdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003BC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="927"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000003BD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="927"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DEVINTASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003BE" w14:textId="150AC635" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UŽSIENIEČIŲ, TURINČIŲ TEISĘ NUOLAT AR LAIKINAI GYVENTI LIETUVOS RESPUBLIKOJE, IR LIETUVOS RESPUBLIKOS PILIEČIŲ, ATVYKUSIŲ AR GRĮŽUSIŲ GYVENTI IR DIRBTI LIETUVOS RESPUBLIKOJE, UGDYMO ORGANIZAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003BF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000003C0" w14:textId="71E81B87" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gimnazija, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priimdama mokytis pagal pradinio, pagrindinio ar vidurinio ugdymo programą užsieniečius, turinčius teisę nuolat ar laikinai gyventi Lietuvos Respublikoje (toliau – užsieniečiai), Lietuvos Respublikos piliečius, atvykusius ar grįžusius gyventi ir dirbti Lietuvos Respublikoje ( toliau – grįžę ar atvykę Lietuvos piliečiai), vadovaujasi Nuosekliojo mokymosi pagal bendrojo ugdymo programas tvarkos aprašu, patvirtintu Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2005 m. balandžio 5 d. įsakymu Nr. ISAK-556 „Dėl Nuosekliojo mokymosi pagal bendrojo ugdymo programas tvarkos aprašo patvirtinimo“, ir 202</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BB9" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–202</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BB9" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir 202</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BB9" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–202</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BB9" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo metų pradinio, pagrindinio ir vidurinio ugdymo programų bendraisiais ugdymo planais:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003C2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kartu su mokinio tėvais (globėjais ir rūpintojais) numato atvykusio mokytis asmens tolesnio mokymosi perspektyvą, aptaria švietimo pagalbos poreikį ar poreikį tam tikrą laiko dalį intensyviai mokytis lietuvių kalbos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003C3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustačius atvykusio mokinio poreikius mokytis lietuvių kalbos, organizuoja individualų lietuvių kalbos mokymąsi ir švietimo pagalbą, kai atvykęs mokinys per adaptacinį laikotarpį yra pajėgus pasiekti patenkinamą pradinio, pagrindinio ugdymo lietuvių kalbos programos ir vidurinio ugdymo lietuvių kalbos ir literatūros programos pasiekimų lygį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003C4" w14:textId="57D8A1DB" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudaro mokinio individualų ugdymo planą, kuriame gali būti numatytas ir pamokų skaičiaus perskirstymas tarp dalykų. Numato adaptacinio laikotarpio orientacinę trukmę, prireikus pasitelkia mokytoją - kuratorių, mokinius savanorius, padėsiančius atvykusiam mokiniui sklandžiai įsitraukti į gimnazijos bendruomenės gyvenimą, numato klasės vadovo, mokytojų darbą su atvykusiu mokiniu ir mokinio tėvais (globėjais, rūpintojais) (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9370E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003C5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jeigu mokinys nemoka ar menkai moka lietuvių kalbą, gimnazija organizuoja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003C6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lietuvių kalbos mokymąsi intensyviu būdu individualiai kartu užtikrindama, kad kitus dalykus jis mokytųsi kartu su bendraamžiais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003C7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>intensyvų vien lietuvių kalbos mokymąsi iki vienų metų (išimtiniais atvejais ir ilgiau) ar trumpiau ir pagalbos pagal mokinio poreikius teikimą kelerius (2–4) metus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003C8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio mokymąsi kartu su kitais bendraamžiais paskirtoje klasėje, teikiant reikiamą švietimo ir mokymosi pagalbą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003C9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rekomenduoja neformaliojo vaikų švietimo veiklas, konsultuoja dėl jų pasirinkimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003CA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Mokinio mokymosi pažanga vertinama formuojamuoju būdu. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pasibaigus adaptaciniam laikotarpiui, nustatomas mokinio kalbinės kompetencijos lygmuo, įvertinimas jo pasirengimas toliau mokytis su bendraamžiais mokinio amžių atitinkančioje klasėje arba identifikavus didesnius mokymosi skirtumus, mokiniui gali būti siūloma mokytis metais žemesnėje klasėje. Antraisiais metais, o jei reikia ir ilgiau, mokiniui sudaromos sąlygos toliau plėtoti lietuvių kalbos gebėjimus laikinojoje grupėje arba individualiai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003CB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Klasės vadovas, dalykų mokytojai adaptaciniu laikotarpiu stebi mokinio individualią pažangą. Šiuo laikotarpiu taikomas tik formuojamasis vertinimas. Užsitęsus mokinio adaptacijai ar iškilus sunkumų, susijusių su adaptacija, į adaptacijos procesų valdymą klasės auklėtojas įtraukia gimnazijos Vaiko gerovės komisiją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003CC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
-[...606 lines deleted...]
-    <w:p w14:paraId="201BAD98" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000003CD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="60DF515F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+        <w:ind w:left="927"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DEŠIMTASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003CE" w14:textId="7E1D26B4" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>DEŠIMTASIS SKIRSNIS</w:t>
-[...10 lines deleted...]
-        </w:pBdr>
+        <w:t>MOKYKLOS IR MOKINIŲ TĖVŲ (GLOBĖJŲ, RŪPINTOJŲ) BENDRADARBIAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003CF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000003D0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gimnazijoje organizuojamas mokytojų ir tėvų (globėjų, rūpintojų) bendradarbiavimas, siekiant individualios kiekvieno mokinio mokymosi pažangos, sveikatos puoselėjimo, socialumo ir brandos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7B4EAF" w14:textId="15C59A66" w:rsidR="004F4BB9" w:rsidRPr="008D5770" w:rsidRDefault="001F1A0D" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BB9" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lasių vadovai organizuoja bendrus tėvų susirinkimus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/netradicinius teminius susitikimus</w:t>
+      </w:r>
+      <w:r w:rsidR="0047175D" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4BB9" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-4 kl. ne mažiau du, o 5-8 kl. ne mažiau vieną</w:t>
+      </w:r>
+      <w:r w:rsidR="0047175D" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kurių tikslas - klasės bendruomenė;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003D1" w14:textId="0460D30F" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lapkričio-gruodžio mėnesį organizuojamas „tėvų vakaras“, kurio metu tėvai gauna informaciją iš dalykų mokytojų apie vaikų pažangą ir pasiekimus, taip pat jie gali susitikti su mokyklos administracija, gimnazijoje dėstančiais mokytojais, specialistais</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1A0D" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003D2" w14:textId="2A02F2DF" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasių vadovai ne mažiau kaip vieną kartą per metus organizuoja individualius pokalbius su auklėjamosios klasės šeimomis, kurių metu sužinomi šeimų lūkesčiai, aptariama mokinių individuali pažanga ir numatomos tolimesnio mokymo strategijos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003D3" w14:textId="7017E71D" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="001F1A0D" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kiekvienais metais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gimnazijoje organizuojamas 1,5 klasių mokinių adaptacinio laikotarpio stebėsena. Esant poreikiui gimnazijos specialistai su mokinių tėvais aptaria stebėjimo rezultatus ir teikia rekomendacijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003D4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Atsiradus mokymosi sunkumams mokinio tėvai kviečiami į susitikimą su administracija, kurio metu gimnazijos specialistai, mokytojai ir administracija susitaria su tėvais dėl mokymosi pagalbos teikimo jų vaikui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003D5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Siekiant užtikrinti informacijos mokinių tėvams (globėjams, rūpintojams) perdavimą ir galimybę išsakyti lūkesčius ir pasiūlymus gimnazijos veiklai tobulinti, naudojamas elektroninis. dienynas, internetinė svetainė, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>facebook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grupė, klasių susirinkimai, gimnazijos tarybos susirinkimai. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direktoriaus pavaduotojai ugdymui </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stebi mokinių tėvų prisijungimą ir informuoja apie tai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klasių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>vadovus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Esant reikalui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio tėv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ai kviečiami</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pokalbiui, paaiškinama prisijungimo prie dienyno svarbą bei primena tėvams jų pareigą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003D6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos administracija, pagalbos vaikui specialistai ir klasių auklėtojai, tėvų susirinkimų ir tėvų vakarų metu, konsultuoja mokinių tėvus, kaip sukurti tinkamą edukacinę aplinką namuose, moty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vuoti vaiką mokytis, padėti mokytis namuose, sudaryti galimybes vaikams dalyvauti neformaliojo švietimo veiklose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003D8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...715 lines deleted...]
-    <w:p w14:paraId="00236A1A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000003E4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF4E2A5" w14:textId="56F56444" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="0029491B">
+    <w:p w14:paraId="000003E5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UGDYMO PROGRAMŲ ĮGYVENDINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC5DAC3" w14:textId="77777777" w:rsidR="0029491B" w:rsidRDefault="0029491B" w:rsidP="0029491B">
+    <w:p w14:paraId="000003E6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FA7ACA8" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000003E7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PIRMASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E978545" w14:textId="15057067" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00E25F8B">
+    <w:p w14:paraId="000003E8" w14:textId="617AF254" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UGDYMO PROGRAMŲ VYKDYMO BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E0728B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+    <w:p w14:paraId="000003E9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E972D78" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003EA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pradinio, pagrindinio ir vidurinio ugdymo programos įgyvendinamos vadovaujantis Pradinio, pagrindinio ir vidurinio ugdymo bendrosiomis programomis, Mokymosi formų ir mokymo organizavimo tvarkos aprašu, Geros mokyklos koncepcija, Bendraisiais ugdymo planais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B80872" w14:textId="2132D5F4" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003EB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokiniui sudaromos sąlygos rinktis dalykų modulius, pasirenkamuosius dalykus, projektų temas pagal polinkius ir gebėjimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3728CB91" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003EC" w14:textId="4975DDD0" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokytojai, įgyvendinant pagrindinio ugdymo programos pirmąją dalį, užtikrina kalbėjimo, skaitymo, rašymo ir skaičiavimo gebėjimų ugdymą per visų dalykų pamokas ir yra atsakingi dėl veiksmingų metodų mokinių kalbėjimo, skaitymo, rašymo ir skaičiavimo gebėjimams tobulinimo. (9 priedas)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="33163E76" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+        <w:t>Mokytojai, įgyvendinant pagrindinio ugdymo programos pirmąją dalį, užtikrina kalbėjimo, skaitymo, rašymo ir skaičiavimo gebėjimų ugdymą per visų dalykų pamokas ir yra atsakingi dėl veiksmingų metodų mokinių kalbėjimo, skaitymo, rašymo ir skaičiavimo gebėjimams tobulinimo. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9370E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003ED" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokytojai rūpinasi, kad mokiniams, kuriems reikalinga pagalba skaitant, rašant, kalbant, skaičiuojant, ji būtų teikiama, ir stebima jų daromą pažangą, tobulintų ir aukštesnius skaitymo, rašymo, kalbėjimo ir skaičiavimo gebėjimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="776704F6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003EE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pradedantiems mokytis pagal pradinio ugdymo programą, pagrindinio ugdymo programos pirmąją dalį ir naujai atvykusiems mokiniams skiriamas 1 mėnesio adaptacinis laikotarpis. Per adaptacinį laikotarpį mokinių pažanga ir pasiekimai nepatenkinamais pažymiais nevertinami.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4636583D" w14:textId="2BCA6D90" w:rsidR="002E5CC8" w:rsidRDefault="001F60F7" w:rsidP="00192877">
+    <w:p w14:paraId="000003EF" w14:textId="4063B7D7" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pradinio ir pagrindinio ugdymo programos valandos, skirtos mokinio ugdymo poreikiams tenkinti, mokymosi pagalbai teikti, trumpalaikėms konsultacijoms, dalykų moduliams ir 1-3 kl. informatikai mokyti.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Pradinio ir pagrindinio ugdymo programos valandos, skirtos mokinio ugdymo poreikiams tenkinti, mokymosi pagalbai teikti, trumpalaikėms konsultacijoms, </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2867">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-4 kl. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalykų moduliams ir 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2867">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kl. informatikai mokyti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003F0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gimnazijoje mokiniui, besimokančiam pagal vidurinio ugdymo programą, sudaromos sąlygos įgyvendinti individualų ugdymo planą ir siekiama, kad jis pagilintų ir praplėstų žinias, gebėjimus bei kompetencijas pasirinktose srityse, tobulintų tolesniam mokymuisi, darbui būtinas kompetencijas, ugdymo procese tinkamai pasirengtų laikyti brandos egzaminus ir tęstų tolesnį mokymąsi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1C32C7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003F1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mokiniai kartu su mokykla pasirengia individualų ugdymo planą, vadovaudamasis Vidurinio ugdymo programų aprašu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD4C57F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003F2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokinys, besimokantis pagal vidurinio ugdymo programą gali keisti individualų ugdymo planą (dalyką, dalyko kursą, kalbos mokėjimo lygį ar modulį) tokia tvarka:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A984BC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003F3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokinys, pageidaujantis keisti dalyką, dalyko kursą, kalbos mokėjimo lygį ar modulį, pateikia prašymą raštu gimnazijos direktoriui, nurodydamas keitimo priežastį ir ką pageidauja keisti, ne vėliau kaip prieš mėnesį iki pusmečio pabaigos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7055F3D7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003F4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>keisti dalyką ar dalyko programos kursą arba pasirinkti kitą kalbos mokėjimo lygį mokinys gali pusmečio pabaigoje atsiskaitęs iš pasirinkto dalyko, dalyko kurso ar kalbos mokėjimo lygio ir išlaikęs įskaitą iš naujai pasirinkto dalyko programos, kursų ar kalbos mokėjimo lygių skirtumų iki naujo pusmečio pradžios. Mokiniams, keičiantiems dalyką, kursą ar kalbos mokėjimo lygį, suteikiama pedagoginė pagalba. Esant reikalui skiriamos papildomos konsultacijos skirtumams likviduoti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C786D40" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003F5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokiniui, kuris mokėsi pagal išplėstinio kurso programą ir nusprendė mokytis pagal programos bendrąjį kursą ir kurį tenkina išplėstinio kurso įvertinimas, įskaitos laikyti nereikia. Jeigu pažymys jo netenkina, jis gali laikyti įskaitą. Įskaitų pažymiai, prie jų pažymint kursą raidėmis B ar A, įrašomi stulpelyje prie pusmečio ar metinio įvertinimų. Įskaitos įvertinimo pažymys atitinka metinį ar pusmečio pažymį. Keičiant menų, dorinio ugdymo programas įskaitų laikyti nereikia. Mokinys gali pereiti į žemesnį kalbos mokėjimo lygį, jei jam yra per sunku mokytis nustatytame lygyje ir jo užsienio kalbos gebėjimai pagal bendrąsias ugdymo programas neatitinka Bendrųjų Europos kalbų mokymosi, mokymo ir vertinimo metmenų lygio reikalavimų. Pereidamas iš aukštesniojo kalbos mokėjimo lygio į žemesnį mokinys įskaitos nelaiko, jei jį tenkina aukštesniojo lygio pažymys. Jeigu pažymys jo netenkina, jis gali laikyti žemesnio lygio įskaitą. Įskaitos pažymiai, prie jų pažymint kalbos mokėjimo lygį, įrašomi stulpelyje prie pusmečio ar metinio įvertinimų;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23040AB1" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003F6" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">IV gimnazijos klasėje leidžiama keisti (atsisakyti) dalyką, atsisakyti išplėstinio dalyko kurso ir pasirinkti bendrąjį, keisti modulį ne vėliau kaip iki pirmojo pusmečio pabaigos. Apie ketinimą keisti dalyko programą ar kursą IV klasės mokinys raštu informuoja direktoriaus pavaduotoją ugdymui, atsakingą už vidurinio ugdymo programos vykdymą gimnazijoje, dėstančius mokytojus ir klasės vadovą </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="6D1AE4FE" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+        <w:t>IV gimnazijos klasėje leidžiama keisti (atsisakyti) dalyką, atsisakyti išplėstinio dalyko kurso ir pasirinkti bendrąjį, keisti modulį ne vėliau kaip iki pirmojo pusmečio pabaigos. Apie ketinimą keisti dalyko programą ar kursą IV klasės mokinys raštu informuoja direktoriaus pavaduotoją ugdymui, atsakingą už vidurinio ugdymo programos vykdymą gimnazijoje, dėstančius mokytojus ir klasės vadovą ne vėliau kaip prieš 1 mėnesį iki pirmojo pusmečio. Antrame pusmetyje IV klasės mokinys keisti/atsisakyti dalyko, kurso ar modulio negali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003F7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gimnazija sudaro sąlygas mokiniams siekti asmeninės ir pilietinės brandos ir ugdytis gyvenime būtinas bendrąsias kompetencijas ir gebėjimus, vykdant šias veiklas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCFC30F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003F8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>savanoriškai užsiimti socialine ar kita visuomenei naudinga veikla;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7AE7BF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003F9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rengti ir įgyvendinti įvairius projektus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0219674D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003FA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rengti brandos darbus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5005EF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003FB" w14:textId="07FF0E87" w:rsidR="00EB3E31" w:rsidRPr="00BE5507" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Projektinė veikla organizuojama Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijos projektinės veiklos organizavimo ir vykdymo tvarkos aprašu (13,13a priedai).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1200700D" w14:textId="12C8129D" w:rsidR="002E5CC8" w:rsidRPr="00E25F8B" w:rsidRDefault="00000000" w:rsidP="00E25F8B">
+        <w:t xml:space="preserve">Projektinė veikla organizuojama Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijos projektinės veiklos organizavimo ir vykdymo tvarkos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprašu (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5507" w:rsidRPr="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5507" w:rsidRPr="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a priedai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000003FC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E25F8B">
-[...28 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Mokiniui, kuris mokosi savarankišku mokymo proceso organizavimo būdu, individualioms konsultacijoms skiriama iki 15 procentų, o besimokantiems grupinio mokymosi forma – 30 procentų bendrųjų ugdymo planų 104 punktu nustatyto savaitinių pamokų skaičiaus.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Konsultacijos gali būti organizuojamos įvairiais mokymo proceso organizavimo būdais. Joms organizuoti sudaromas atskiras tvarkaraštis, kuris tvirtinamas direktoriaus įsakymu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D76E7A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000003FD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nesant galimybių sudaryti atskiros laikinosios grupės, jungiamos skirtingais lygiais besimokančių mokinių grupės, skiriant mokinio ugdymosi reikmėms tenkinti skirtas valandas ugdymo diferencijavimui, arba, mokiniams pageidaujant, jie mokosi savarankiškai, įskaitant skirtas valandas į mokymosi krūvį</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B60A4D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="170485AC" w14:textId="77777777" w:rsidR="004904A0" w:rsidRDefault="004904A0" w:rsidP="004904A0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000003FE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ANTRASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B5E67D" w14:textId="53FF07D0" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="006820F5">
+    <w:p w14:paraId="000003FF" w14:textId="4A7C0C7F" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">PRADINIO UGDYMO PROGRAMOS </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="3B58444B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+        <w:t>PRADINIO UGDYMO PROGRAMOS ĮGYVENDINIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000400" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78396EEB" w14:textId="280C3F66" w:rsidR="006820F5" w:rsidRPr="006820F5" w:rsidRDefault="006820F5" w:rsidP="006820F5">
+    <w:p w14:paraId="00000401" w14:textId="2A4F53C5" w:rsidR="00EB3E31" w:rsidRPr="00832C15" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Hlk144058364"/>
+      <w:bookmarkStart w:id="25" w:name="_heading=h.mgife6pr4udk" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dalykai ir jiems skiriamų p</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">amokų skaičius </w:t>
+        <w:t xml:space="preserve">Dalykai ir jiems skiriamų pamokų skaičius per savaitę </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">per savaitę </w:t>
-[...63 lines deleted...]
-        <w:t>imui</w:t>
+        <w:t>radinio ugdymo program</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ai </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> išdėstyti 7a priede.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="4440C6E4" w14:textId="78E8EE4A" w:rsidR="002E5CC8" w:rsidRDefault="006820F5" w:rsidP="00192877">
+        <w:t>įgyvendin</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išdėstyt</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40" w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008537D5" w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a priede.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000402" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006820F5">
-[...29 lines deleted...]
-    <w:p w14:paraId="041AE3E9" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+      <w:bookmarkStart w:id="26" w:name="_heading=h.iaads5202q6j" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pradinio ugdymo programos dalykų turinio įgyvendinimo ypatumai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000403" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dorinis ugdymas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CED5794" w14:textId="46BE2F4C" w:rsidR="008153B4" w:rsidRPr="008153B4" w:rsidRDefault="00000000" w:rsidP="008153B4">
+    <w:p w14:paraId="00000404" w14:textId="34FBC964" w:rsidR="00EB3E31" w:rsidRPr="00832C15" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">tėvai (globėjai) parenka mokiniui vieną iš dorinio ugdymo dalykų – etiką arba </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">tradicinės religinės bendruomenės ar bendrijos </w:t>
+        <w:t>tėvai (globėjai</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, rūpintojai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parenka mokiniui vieną iš dorinio ugdymo dalykų – etiką arba tradicinės religinės bendruomenės ar bendrijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00832C15">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>tikybą (6a priedas);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8AD7AC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="00000405" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gimnazijoje nesusidarius mokinių grupei etikai arba tikybai mokytis, sudaroma laikinoji grupė iš paralelių klasių mokinių;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7580D8FE" w14:textId="20FE9804" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="00000406" w14:textId="6DAC20B6" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dorinio ugdymo dalyką 1-4 kl. mokinys gali keisti kiekvienais mokslo metais pagal tėvų (globėjų) parašytą prašymą.</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> tik išimtinais atvejais, sprendimas priimamas </w:t>
+        <w:t>dorinio ugdymo dalyką 1-4 kl. mokinys gali keisti kiekvienais mokslo metais pagal tėvų (globėjų</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, rūpintojų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) parašytą prašymą. Prasidėjus ugdymo procesui dorinio ugdymo dalyką mokiniui galima keisti tik išimtinais atvejais, sprendimas priimamas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008153B4">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direkciniame</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008153B4">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pasitarime.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B117DAF" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="00000407" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="190F94B1" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kalbinis ugdymas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000408" w14:textId="75FA741E" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="05C8165B" w14:textId="6860D4E0" w:rsidR="002E5CC8" w:rsidRDefault="000564C8" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siekiant gerinti gimnazijos pradinių klasių mokinių lietuvių kalbos (gimtosios) pasiekimus bei skaitymo, rašymo, klausymo ir kalbėjimo gebėjimus, kalbos vartojimo kompetencijos ugdomos įgyvendinant ir kitas (ne lietuvių kalbos) bendrosios programos ugdymo dalykų programas: panaudojamos mokomosios užduotys teksto suvokimo gebėjimams ir mąstymui ugdyti, kreipiant dėmesį į kalbinę raišką ir rašto darbus</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; skaitymo strategijas integruojamos į matematikos/gamtos mokslų 1-4 kl. pamokas, organizuo</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6DEA" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jamos netradicinės pamokos ir renginiai</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kurie skatiną skaitymą</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6DEA" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Už šių kompetencijų ugdymą yra atsakingos pradinių klasių mokytojos. Ugdymo patirtis aptariama dalykų mokytojų grupėje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000409" w14:textId="4C1D4A5F" w:rsidR="00EB3E31" w:rsidRPr="00353B57" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...172 lines deleted...]
-    <w:p w14:paraId="680E628B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atsižvelgiant į nacionalinių mokinių pasiekimų patikrinimų skaitymo ir rašymo gebėjimų rezultatus ir į 2-3 kl. mokinių metinius lietuvių kalbos pasiekimų įvertinimus, teksto suvokimo ir rašymo gebėjimams ugdyti 3-4 kl. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73CB5" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> val. skiriama aukštesniųjų gebėjimų turinčių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">mokinių ugdymui, lietuvių kalbos modulio ,,Teksto suvokimas ir kūrimas“ įgyvendinimui. Valandos skiriamos iš mokinių poreikiams tenkinti skirtų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valandų (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40" w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a priedas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40" w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000040A" w14:textId="64B14C08" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="0AE76543" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nacionalinių mokinių pasiekimų patikrinimų metu gauti rašymo ir skaitymo gebėjimų rezultatai aptariami pradinių klasių mokytojų susirinkime, numatomi pasiekimų tobulinimo etapai ilgalaikiuose planuose, jei reikia teikiama intensyvi pagalba mokiniui</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85E40" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000040B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pirmosios užsienio kalbos mokymas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A246AFE" w14:textId="783CBD3D" w:rsidR="002E5CC8" w:rsidRDefault="001B70E8" w:rsidP="00192877">
+    <w:p w14:paraId="0000040C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pirmosios užsienio kalbos mokoma(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="008D5770">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="008D5770">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) antraisiais–ketvirtaisiais pradinio ugdymo programos metais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12298032" w14:textId="2B131259" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="0000040D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tėvai (globėjai) iš gimnazijos pasiūlytų kalbų (anglų, vokiečių) parinko anglų kalbą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D27C38C" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="0000040E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>anglų kalbai mokyti visose 2–4 klasėse skiriama po 2 pamokas per savaitę.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5985B357" w14:textId="1D05D5CE" w:rsidR="002E5CC8" w:rsidRDefault="001B70E8" w:rsidP="00192877">
+    <w:p w14:paraId="0000040F" w14:textId="078DB150" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00E35201" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="79E4418F" w14:textId="77777777" w:rsidR="00663D36" w:rsidRDefault="006E3F71" w:rsidP="00663D36">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visuomeninis ir gamtamokslinis ugdymas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C614EBA" w14:textId="42207C0A" w:rsidR="00E91EFB" w:rsidRPr="008D5770" w:rsidRDefault="00E91EFB" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...84 lines deleted...]
-    <w:p w14:paraId="76765E53" w14:textId="193DDFB5" w:rsidR="001B70E8" w:rsidRPr="001B70E8" w:rsidRDefault="00663D36" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siek</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73CB5" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visuomeninio ugdymo ir gamtos mokslų Bendrosiose programose iškeltų tikslų, dalykams skirtas pamokas mokytojas planuo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73CB5" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lanksčiai, pavyzdžiui, organizuojant tyrinėjimo veiklą ribotą laikotarpį vieno dalyko mokymui skirti daugiau savaitinių pamokų</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73CB5" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B28D890" w14:textId="0482603A" w:rsidR="00E91EFB" w:rsidRPr="008D5770" w:rsidRDefault="00E91EFB" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="3A833058" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įgyvendinant numatytą gamtos mokslų turinį </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73CB5" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daug </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dėmesio skiria</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73CB5" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gamtamoksliniams tyrimams, tyrinėjant palankioje aplinkoje, natūralioje gamtinėje aplinkoje (Kauno marių regioniniame parke, prie vandens telkinio ir pan.). Esant galimybėms gamtamoksliniams tyrimams atlikti mokytojai naudojasi Kaišiadorių STEAM centro, VDU, KTU laboratorijomis. Rekomenduojama, kad eksperimentiniams ir praktiniams įgūdžiams ugdyti būtų skiriama ne mažiau kaip 30 procentų dalykui skirtų pamokų per mokslo metus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000412" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="55E27011" w14:textId="53ED7065" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>matematinis ugdymas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000413" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-    <w:p w14:paraId="6AF21CAE" w14:textId="5555B9DB" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organizuojant matematinį ugdymą vadovaujamasi ne tik bendrosios programos matematikos dalyko programa, bet ir Nacionalinių mokinių pasiekimų patikrinimų, tarptautinių mokinių pasiekimų tyrimų TIMSS rekomendacijomis, pagal galimybes naudojamos informacinės komunikacinės technologijos, skaitmeninės mokomosios programos (EDUKA pratybos, interaktyvios pamokos, naudojasi elektronine biblioteka). Už šių veiklų organizavimą ir planavimą atsako dalyko mokytojas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000414" w14:textId="0C09ECC7" w:rsidR="00EB3E31" w:rsidRPr="00353B57" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...132 lines deleted...]
-    <w:p w14:paraId="65433D9D" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atsižvelgiant į nacionalinių mokinių pasiekimų patikrinimų matematinių gebėjimų rezultatus ir į 2-3 kl. mokinių metinius pasiekimų įvertinimus, matematiniams gebėjimams ugdyti 3-4 kl. 0,5 val. skiriama aukštesniųjų gebėjimų turinčių mokinių ugdymui, matematikos modulio ,,Aukštesniojo lygio uždavinių sprendimas“ įgyvendinimui. Valandos skiriamos iš mokinių poreikiams tenkinti skirtų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valandų</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73CB5" w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73CB5" w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73CB5" w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prieda</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000415" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fizinis ugdymas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F9F9A5B" w14:textId="43758418" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="00000416" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="08F18B99" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialiosios medicininės fizinio pajėgumo grupės organizuojamos taip: mokiniai dalyvauja ugdymo veiklose su pagrindine grupe, bet pratimai ir krūvis jiems skiriami pagal gydytojo rekomendacijas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000417" w14:textId="5989F686" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="35852DB2" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">sportuoti negalintys mokiniai taip pat įtraukiami į pamokos organizavimą, siūlomi stalo žaidimai (šaškės, šachmatai) ar savišvieta apie sveiką gyvenseną, </w:t>
+      </w:r>
+      <w:r w:rsidR="0022713B" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fizinį ugdymą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Už minėtų veiklų planavimą ir organizavimą atsako dalyko mokytojas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000418" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tėvų, (globėjų, rūpintojų) pageidavimu (raštu) mokiniai gali lankyti sveikatos grupes ne gimnazijoje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5136D995" w14:textId="7AFEDBE0" w:rsidR="002E5CC8" w:rsidRDefault="00D43C51" w:rsidP="00192877">
+    <w:p w14:paraId="00000419" w14:textId="64E43C59" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="404613C1" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kiekvieną dieną organizuojama judrioji pertrauka</w:t>
+      </w:r>
+      <w:r w:rsidR="0022713B" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lauke</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000041A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2-3 klasių mokiniams organizuojamos plaukimo pamokos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7098CC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00F71C66">
+    <w:p w14:paraId="0000041B" w14:textId="10F8D338" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="404E651C" w14:textId="191E67B1" w:rsidR="00EF6CF7" w:rsidRPr="00EF6CF7" w:rsidRDefault="00DD5013" w:rsidP="00EF6CF7">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meninis ugdymas (dailė, muzika, šokis, teatras):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000041D" w14:textId="1B2D4ECF" w:rsidR="00EB3E31" w:rsidRPr="00353B57" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="1DFAC59A" w14:textId="7B3AD5B9" w:rsidR="00943F6B" w:rsidRDefault="00EF6CF7" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_heading=h.aikhtt3c9nu0" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teatro dalyko mokoma 2 ir 4 klasėse. 1-3 kl. teatro programa įgyvendinama veiklas integruojant į neformalųjį švietimą. Mokiniai turi galimybę lankyti teatro užsiėmimus teatro studijoje „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Obuolys“ (4</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000041E" w14:textId="415D8819" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="0022713B" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...76 lines deleted...]
-    <w:p w14:paraId="44B03744" w14:textId="2A9D5994" w:rsidR="00943F6B" w:rsidRPr="00943F6B" w:rsidRDefault="00943F6B" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>papildomai teatro mokoma taikant jo elementus per įvairių dalykų pamokas ir kitas ugdymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) veiklas, įgyvendinant „Tūkstantmečio mokyklos I“ projekto metu parengtą kultūrinio ugdymo srities ilgalaikę teatro programą „Teatras–kūrybos laboratorija“, pritaikytą integraliam mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) procesui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000041F" w14:textId="4A1DFF70" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...148 lines deleted...]
-    <w:p w14:paraId="3F0B37DD" w14:textId="1DB0B869" w:rsidR="002E5CC8" w:rsidRDefault="00EF6CF7" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šokio dalyko mokoma 1 ir 3 klasėse. 2-4 kl. mokiniai turi galimybę lankyti sportinių</w:t>
+      </w:r>
+      <w:r w:rsidR="0022713B" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/gatvės/liaudies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šokių užsiėmimus po pamokų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000420" w14:textId="15E51DA7" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informatika:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000421" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...92 lines deleted...]
-    <w:p w14:paraId="2C6AF5D3" w14:textId="3D32FFDD" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00C21336">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skaitmeninei mokinių kompetencijai ugdyti per visus dalykus ugdymo procese naudojamos šiuolaikinės skaitmeninės technologijos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000422" w14:textId="272CB40A" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skiriama atskira informatikos pamoka iš pamokų, skirtų mokinių poreikiams tenkinti, o 3-4 kl. integruota į kitus dalykus ir skiriant neformaliojo švietimo valandas (4</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas). Ugdomas mokinių </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informatinis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mąstymas, mokoma kūrybiško ir atsakingo šiuolaikinių technologijų naudojimo, saugaus ir atsakingo elgesio internetinėje aplinkoje, skaitmeninio turinio kūrimo, įgyvendinama Informatikos bendroji programa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000423" w14:textId="450564FC" w:rsidR="00EB3E31" w:rsidRPr="008D5770" w:rsidRDefault="00000000" w:rsidP="008D5770">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_heading=h.wb1grbmkle6e" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Etninės kultūros, Gyvenimo įgūdžių bendrųjų programų įgyvendinimas aprašytas trečiojo skirsnio 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3575" w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. ir 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00353B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5770">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. punktuose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000424" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000425" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>informacinės technologijos</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F71C66">
+        <w:t>TREČIASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000426" w14:textId="3552A717" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/informatika</w:t>
-      </w:r>
+        <w:t>PAGRINDINIO UGDYMO PROGRAMOS ĮGYVENDINIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000427" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000428" w14:textId="3DB87820" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008D5770">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dalykai ir jiems skiriamų pamokų skaičius per savaitę 5–10 klasėje ir I–II gimnazijos klasėje išdėstyti </w:t>
+      </w:r>
+      <w:r w:rsidR="00722DE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b, </w:t>
+      </w:r>
+      <w:r w:rsidR="00722DE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c prieduose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000429" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pagrindinio ugdymo programos organizavimo ypatumai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E655FA5" w14:textId="5C9BEBE1" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="0000042A" w14:textId="3CA4D937" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Socialinės-pilietinės veiklos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizavimas aprašytas </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">II skyriaus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trečiojo skirsnio </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_3"/>
+          <w:id w:val="-1823157556"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25 punkte. Veikla organizuojama vadovaujantis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bendrųjų ugdymo planų 9 priedu (</w:t>
+      </w:r>
+      <w:r w:rsidR="00722DE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A42E3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000042B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Dorinis ugdymas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000042C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="3212F510" w14:textId="4BD8F495" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+        <w:t>dalyką (etiką arba tikybą) mokiniui iki 14 metų parenka tėvai (globėjai, rūpintojai), o nuo 14 metų mokinys savarankiškai renkasi pats;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000042D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...7 lines deleted...]
-        <w:t>-2</w:t>
+        <w:t>siekiant užtikrinti mokymosi tęstinumą ir nuoseklumą, etiką arba tikybą 5-8, I klasių mokiniai renkasi dvejiems mokslo meta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ms (2025-2026 ir 2026-2027 m. m.),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...142 lines deleted...]
-    <w:p w14:paraId="1C504287" w14:textId="2E07221F" w:rsidR="002E5CC8" w:rsidRDefault="00C21336" w:rsidP="00192877">
+        <w:t xml:space="preserve"> o II klasių mokiniai – vieneriems metams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000042E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...67 lines deleted...]
-        <w:ind w:left="567"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lietuvių kalba ir literatūra:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000042F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...67 lines deleted...]
-        <w:ind w:left="567"/>
+      <w:bookmarkStart w:id="29" w:name="_heading=h.nur3ddwsihn4" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-8, I-II klasėse įgūdžiams formuoti ir pasiekimų rezultatams gerinti mokiniams skiriama papildoma lietuvių kalbos ir literatūros pamoka iš valandų skirtų mokinių poreikiams tenkinti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000430" w14:textId="4A4AD853" w:rsidR="00EB3E31" w:rsidRPr="00722DE2" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...180 lines deleted...]
-    <w:p w14:paraId="7227F65F" w14:textId="25F35A9D" w:rsidR="00746870" w:rsidRPr="00746870" w:rsidRDefault="00746870" w:rsidP="00192877">
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokiniams, kurie nepasiekia lietuvių kalbos ir literatūros Pagrindinio ugdymo bendrojoje programoje numatyto patenkinamo lygio, sudaromos sąlygas pašalinti mokymosi spragas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722DE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Žiūrėti </w:t>
+      </w:r>
+      <w:r w:rsidR="006060E2" w:rsidRPr="00722DE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00722DE2" w:rsidRPr="00722DE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722DE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> punktą).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000431" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00E63000">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...33 lines deleted...]
-        <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> organizavimas</w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="53FACC6A" w14:textId="7D925731" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+        <w:t>Užsienio kalba:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000432" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-8 klasėse įgūdžiams formuoti ir pasiekimų rezultatams gerinti mokiniams skiriama papildoma anglų kalbos pamoka iš valandų skirtų mokinių poreikiams tenkinti; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000433" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Užsienio (anglų) kalbos, pradėtos mokytis pagal pradinio ugdymo programą, toliau mokomasi kaip pirmosios iki pagrindinio ugdymo programos pabaigos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000434" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Antrosios užsienio kalbos (rusų arba vokiečių) mokyti privaloma nuo 6 klasės. Tėvai (globėjai, rūpintojai) mokiniui iki 14 metų parenka, o mokinys nuo 14 iki 16 metų tėvų (rūpintojų) sutikimu pats renkasi antrąją užsienio kalbą: rusų arba vokiečių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000435" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagrindinio ugdymo programoje užtikrinamas pradėtų mokytis užsienio kalbų (anglų, rusų, vokiečių) mokymosi tęstinumas. Keisti užsienio kalbą, nebaigus pagrindinio ugdymo programos, galima tik tokiu atveju, jeigu mokinio norimos mokytis užsienio kalbos pasiekimų lygis ne žemesnis, nei patenkinamas lygis numatytas tos kalbos dalyko Bendrojoje programoje, arba jei mokinys yra atvykęs iš kitos Lietuvos ar užsienio mokyklos ir gimnazija negali sudaryti mokiniui galimybės toliau mokytis pradėtą kalbą. Gavus mokinio tėvų (globėjų, rūpintojų) sutikimą raštu, mokiniui sudaromos sąlygos pradėti mokytis užsienio kalbos, kurios mokosi klasė, ir įveikti programų skirtumus vienerius mokslo metus jam skiriant ne mažiau nei vieną papildomą užsienio kalbos pamoką per savaitę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000436" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="5780E755" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Matematika:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000437" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="07378624" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizuojant matematinį ugdymą mokytojas vadovaujasi ne tik bendrosios programos matematikos dalyko programa, bet ir nacionalinių ir tarptautinių mokinių pasiekimų tyrimų TIMSS, nacionalinių mokinių pasiekimų patikrinimo testų rezultatais ir rekomendacijomis. Nuolat stebi mokinių matematikos pasiekimus ir individualią pažangą, remiantis duomenimis numato pagalbą mokiniams, kurių mokymosi pasiekimai žemi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000438" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="7821D9E2" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-8, I-II klasėse įgūdžiams formuoti ir pasiekimų rezultatams gerinti mokiniams skiriama papildoma matematikos pamoka iš valandų skirtų mokinių poreikiams tenkinti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000439" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ugdant gabius matematikai mokinius mokytojas privalo ugdymo procesą labiau individualizuoti, diferencijuoti, atsižvelgiant į mokinių gebėjimus pateikiant įvairesnių, įdomesnių, įvairaus sunkumo ir sudėtingumo užduočių. </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_4"/>
+          <w:id w:val="-1027114768"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gabiems mokiniams organizuojama mokyklinė matematikos olimpiada, mokytojas skatina mokinius dalyvauti įvairiuose rajoninėse olimpiadose, respublikiniuose, tarptautiniuose matematikos konkursuose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000043A" w14:textId="51224485" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="45B0A5E4" w14:textId="01245FA7" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informa</w:t>
+      </w:r>
+      <w:r w:rsidR="006060E2" w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000043B" w14:textId="2000148D" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...83 lines deleted...]
-    <w:p w14:paraId="24D90029" w14:textId="23ADEE6D" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I–II gimnazijos klasių </w:t>
+      </w:r>
+      <w:r w:rsidR="006060E2" w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informatikos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kursą sudaro privalomoji dalis ir vienas iš pasirenkamųjų programavimo pradmenų, kompiuterinės leidybos pradmenų arba tinklalapių kūrimo pradmenų modulių. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000043C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Socialinis ugdymas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000043D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...36 lines deleted...]
-    <w:p w14:paraId="33E7E0B0" w14:textId="134384D8" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Per socialinio ugdymo dalykų pamokas mokymąsi mokytojai grindžia tiriamojo pobūdžio metodais, diskusijomis, bendradarbiavimu, savarankiškai atliekamu darbu ir informacinėmis technologijomis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000043E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Siekiant gerinti gimtojo krašto ir Lietuvos valstybės pažinimą, atsižvelgiant į esamas galimybes, dalį istorijos ir geografijos pamokų mokytojas organizuoja netradicinėse aplinkose (muziejuose, lankytinose istorinėse vietose ir pan.), naudojasi virtualiosiomis mokymosi aplinkomis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000043F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokytojas, gimnazijos I–II klasių mokinių projektinio darbo (tyrimo, kūrybinių darbų, socialinės veiklos) gebėjimams ugdyti skiria 20–30 procentų dalykui skirtų pamokų laiko per mokslo metus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000440" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokytojas į istorijos, geografijos, pilietiškumo ugdymo pagrindų dalykų turinį integruoja: Lietuvos ir pasaulio realijas, nacionalinio saugumo ir gynybos pagrindų temas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000441" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00E63000">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_6"/>
+          <w:id w:val="-298886456"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:r w:rsidRPr="008F272D">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="61A397D4" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gamtamokslinis ugdymas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000442" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="5C047C53" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Siekiant gerinti gamtamokslinį raštingumą, mokytojai tobulina mokinių pasiekimus Žemės ir visatos bei gyvųjų sistemų ugdymo turinio srityse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000443" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="332273F7" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokytojai (ypač fizikos ir biologijos) planuodami gamtos mokslų pamokas numato, kad mokymas(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) būtų organizuojamas tiriant, gamtos mokslų dalykų turinys apimtų mokinių gebėjimus analizuoti ir interpretuoti gamtamokslinių tyrimų ir duomenų rinkimo procedūras bei sąvokas, taip pat gebėjimų mąstyti ir diskutuoti gamtos temomis ugdymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000444" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="4BC78F37" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atsižvelgiant į mokinių gebėjimus ugdymo procesas pamokoje yra individualizuojamas, diferencijuojamas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000445" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="41CE0B92" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Įgyvendinant numatytą gamtos mokslų turinį mokytojas deramai dėmesio skiria gamtamoksliniams tyrimams. Esant galimybėms gamtamoksliniams tyrimams atlikti mokytojai naudojasi Kaišiadorių STEAM centro, VDU, KTU laboratorijomis. Rekomenduojama, kad eksperimentiniams ir praktiniams įgūdžiams ugdyti būtų skiriama ne mažiau kaip 30 procentų dalykui skirtų pamokų per mokslo metus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000446" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokytojai skatina mokinius įsitraukti į gamtos mokslų klubų, būrelių veiklas, dalyvauti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>įvairiuose gamtamokslinio raštingumo konkursuose, olimpiadose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000447" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizuojant gamtos mokslų dalykų mokymą, vadovaujamasi nacionalinių mokinių pasiekimų patikrinimų ir tarptautinių mokinių pasiekimų tyrimų rezultatais bei rekomendacijomis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000448" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="189EAAAC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Meninis ugdymas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000449" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="1A0638AA" w14:textId="136BDA24" w:rsidR="002E5CC8" w:rsidRPr="00E63000" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gimnazijoje pagrindinio ugdymo meninio ugdymo dalykus sudaro dailės ir muzikos dalykai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000044A" w14:textId="73D86EE8" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...78 lines deleted...]
-    <w:p w14:paraId="7BB8A3BA" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniai turi galimybę lankyti teatro užsiėmimus (teatro studijoje „Obuolys“), kuriems valandos skirtos iš neformaliojo švietimo valandų.(4</w:t>
+      </w:r>
+      <w:r w:rsidR="00722DE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0045D38C" w14:textId="6E1777E5" w:rsidR="00D62C17" w:rsidRPr="008F272D" w:rsidRDefault="00642FF5" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="756E0BD5" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 klasėse įgyvendinama ilgalaikė „Tūkstantmečio mokyklos I“ projekto metu parengta kultūrinio ugdymo programa ,,Integruota muzikos, IT, fizikos programa“, kuria siekiama plėtoti bendrąsias, technologines, menines kompetencijas integruojant ir pritaikant fizikos, mikrovaldiklių programavimo bei muzikos žinias. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000044B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="19C8CE90" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Technologijos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000044C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="47A9183E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniai, kurie mokosi pagal pagrindinio ugdymo programos pirmąją dalį (5–8 klasėse), kiekvienoje klasėje mokomi, proporcingai paskirstant laiką tarp: mitybos, tekstilės, konstrukcinių medžiagų ir elektronikos technologijų programų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000044D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="008F272D" w:rsidRDefault="00000000" w:rsidP="008F272D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="3D13E9A0" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F272D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinius, besimokančius pagal pagrindinio ugdymo programos antrąją dalį, pradedama mokyti technologijų dalyko pagal privalomą 17 valandų integruoto technologijų kurso programą. Šio kurso programa organizuojama rengiant ekskursijas į įmones, rengiant susitikimus su įvairių profesijų atstovais mokykloje ir darbo vietose, rengiant Lietuvos ūkio sričių pristatymus pasitelkus informacines technologijas. Po programos mokiniai renkasi vieną iš penkių: mityba, konstrukcinės medžiagos, tekstilė, elektronika, gaminių dizainas ir technologijos programų. Mokiniai pasirinko šias programas: konstrukcines medžiagos ir tekstilė.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000044E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fizinis ugdymas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000044F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...55 lines deleted...]
-    <w:p w14:paraId="6D2F718A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sudaromos sąlygos visiems mokiniams papildomai rinktis jų pomėgius atitinkančias aktyvaus judėjimo pratybas per neformaliojo švietimo veiklą gimnazijoje ar kitoje neformaliojo vaikų švietimo įstaigoje. Neformaliojo švietimo veiklos lankymo apskaita gimnazijoje tvarkoma e. dienyne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000450" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5023A54E" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizuojant fizinio ugdymo pamokas patalpose, atsižvelgiama į Higienos normos reikalavimus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000451" w14:textId="127CC87D" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="02898A04" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Specialiosios medicininės fizinio pajėgumo grupės mokiniai dalyvauja su pagrindine grupe, bet pratimai ir krūvis jiems skiriami pagal gydytojų rekomendacijas ir atsižvelgus į savijautą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000452" w14:textId="19777731" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="71806569" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gimnazija mokiniams, atleistiems nuo </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_8"/>
+          <w:id w:val="-1436142192"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:r w:rsidR="00D62C17" w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fizinio ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamokų dėl sveikatos ir laikinai dėl ligos, siūlo kitą veiklą (pvz.: stalo žaidimus, šaškes, šachmatus, veiklą kompiuterių klasėje, bibliotekoje, konsultacijas, socialinę-pilietinę veiklą ir pan.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000453" w14:textId="55365225" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...34 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parengiamosios medicininės fizinio pajėgumo grupės mokiniams krūvis ir pratimai skiriami atsižvelgus į jų ligų pobūdį ir sveikatos būklę.</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_9"/>
+          <w:id w:val="1674767614"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Neskiria</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62C17" w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir neatliekam</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62C17" w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pratim</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62C17" w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, galin</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62C17" w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5DDD">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Mokytojas į istorijos, geografijos, pilietiškumo ugdymo pagrindų dalykų turinį integruoja: Lietuvos ir pasaulio realijas, nacionalinio saugumo ir gynybos pagrindų temas. </w:t>
-[...568 lines deleted...]
-        </w:numPr>
+        <w:t>skatinti ligų paūmėjimą. Dėl ligos pobūdžio negalintiesiems atlikti įprastų užduočių mokytojas taiko alternatyvias atsiskaitymo užduotis, kurios atitinka mokinių fizines galimybes ir gydytojo rekomendacijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000454" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-        </w:numPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000455" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-        </w:numPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KETVIRTASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000456" w14:textId="1FC5F2B4" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="2EBAEAEA" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VIDURINIO UGDYMO PROGRAMOS ĮGYVENDINIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000457" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000458" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="53D2E85A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025–2026 mokslo metais IV gimnazijos klasės mokiniai tęsia 2024–2025 mokslo metais pradėtą mokymąsi pagal individualų mokymosi planą, kuriame turi būti ne mažiau nei 8 privalomi mokytis dalykai ir minimalus pamokų skaičius per savaitę – 25. Maksimalus pamokų skaičius IV gimnazijos klasėje – ne daugiau nei 35 pamokos per savaitę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000045A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinys privalo mokytis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000045B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lietuvių kalbos ir literatūros bendruoju arba išplėstiniu kursu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000045C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>matematikos bendruoju arba išplėstiniu kursu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000045D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fizinio ugdymo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000045E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>privalo pasirinkti mokytis bent vieno dalyko iš kiekvienos dalykų grupės. Mokinys dalykų gali rinktis ir daugiau, jei dalykų grupėje yra daugiau nei du:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000045F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užsienio kalbos (anglų), užsienio kalbos (prancūzų), užsienio kalbos (vokiečių);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000460" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>biologijos, chemijos, fizikos, informatikos, inžinerinių technologijų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000461" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>istorijos, geografijos, ekonomikos ir verslumo, filosofijos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000462" w14:textId="411D96E4" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>etikos, tikybos. Mokinys renkasi vieną dalyką – tikybą arba etiką. Siekiant užtikrinti dorinio ugdymo dalyko mokymosi programos tęstinumą ir nuoseklumą pagal vidurinio ugdymo programą pasiūlyta III gimnazijos klasės mokiniams rinktis etiką ar tikybą dvejiems mokslo metams ir šio dalyko mokytis III klasėje 2 val. per savaitę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000463" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="009C5DDD" w:rsidRDefault="00000000" w:rsidP="009C5DDD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5DDD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dailės, muzikos, šokio, teatro, medijų meno, taikomųjų technologijų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000464" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniai gali pasirinkti mokytis dalykus ne tik iš privalomai pasirenkamųjų mokytis dalykų grupių bet ir iš laisvai pasirenkamųjų dalykų grupės (etninė kultūra, nacionalinis saugumas ir krašto gynyba, psichologija, teisė, menų istorija, geografinės informacinės sistemos, astronomija, užsienio kalba (tęsiama pagrindiniame ugdyme pradėta mokytis antroji užsienio kalba arba naujai pradėta mokytis laisvai pasirenkama kalba);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000465" w14:textId="7DA24723" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="000407B1" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rivalo mokytis šių modulių:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000467" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Duomenų </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tyrybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, programavimo ir saugaus elgesio pradmenys“ (70 pamokų), jeigu pasirinko mokytis informatiką;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000468" w14:textId="0FABA736" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Socialinė-pilietinė veikla besimokančiajam pagal vidurinio ugdymo programą yra privaloma, jos trukmė ne mažesnė nei 70 val. Socialinė-pilietinė veikla organizuojama vadovaujantis Bendrųjų ugdymo planų 9 priedu (</w:t>
+      </w:r>
+      <w:r w:rsidR="000407B1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000469" w14:textId="0CF95B21" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00B6201A" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Mokinys gali pasirinkti atlikti brandos darbą iš bet kurio vieno ar kelių jo individualaus ugdymo plano dalyko (-ų) ir gali rengti jį individualiai arba grupėje. Brandos darbas vykdomas III ir / arba IV gimnazijos klasėse ugdymo procese, vadovaujantis Brandos darbo organizavimo ir vykdymo tvarkos aprašu, patvirtintu Lietuvos Respublikos švietimo mokslo ir sporto ministro 2024 m. vasario 28 d. įsakymu Nr. V-240 „Dėl Brandos darbo organizavimo ir vykdymo tvarkos aprašo patvirtinimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000046A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinys, besimokydamas pagal vidurinio ugdymo programą, prireikus pagal mokyklos nustatytus reikalavimus gali keisti:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000046B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalyko programos kursą: lietuvių kalbos ir literatūros ir (ar) matematikos pasirinktą mokymosi kursą. Bendrąjį kursą keisdamas į išplėstinį arba išplėstinį kursą į bendrąjį kursą, mokinys privalo per mokyklos nurodytą laiką atsiskaityti už atitinkamo dalyko bendrosios programos skirtumus ir išlaikyti dalyko atitinkamo kurso tarpinį patikrinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000046C" w14:textId="28DFA7BF" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalykų pasirinkimus III gimnazijos klasėje ir IV gimnazijos klasėje iki einamųjų metų lapkričio 15 d. pagal mokyklos nustatytus individualaus ugdymo plano keitimo reikalavimus ir galimą keitimo laiką. Sprendimą dėl dalyko keitimo galimybių priima gimnazijos direktorius</w:t>
+      </w:r>
+      <w:r w:rsidR="000407B1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000046D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniui, atvykusiam iš kitos mokyklos, sudaroma galimybė toliau tęsti individualaus ugdymo plano įgyvendinimą. Mokiniui gali būti pasiūloma keisti pasirinktus mokytis dalykus, dalykų modulius, jei mokykla negali užtikrinti jų mokymosi tęstinumo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000046E" w14:textId="7BA243B2" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vidurinio ugdymo programai grupine mokymosi forma kasdieniu mokymo proceso organizavimo būdu įgyvendinti skiriamų pamokų skaičius per savaitę ir per dvejus metus nurodytas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000407B1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priede (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B25854" w:rsidRPr="000407B1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000407B1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B25854" w:rsidRPr="000407B1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000407B1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e priedai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000046F" w14:textId="7E2E229D" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugdymo karjerai III-IV klasėse programa integruojama į bendruosius dalykus, klasės vadovo veiklą. Ugdymo karjerai grupės nariai teikia individualias konsultacijas karjeros klausimais mokiniams ir jų tėvams, organizuoja susitikimus su aukštųjų mokyklų atstovais, rengia atvirų durų dienas, planuoja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000407B1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išvykas. (3</w:t>
+      </w:r>
+      <w:r w:rsidR="000407B1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a, 4b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000407B1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedai)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000470" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
-        <w:jc w:val="center"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="5D28A7E6" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000471" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="7BBE0F46" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000472" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        </w:numPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKINIŲ, TURINČIŲ SPECIALIŲJŲ UGDYMOSI POREIKIŲ (IŠSKYRUS ATSIRANDANČIUS DĖL IŠSKIRTINIŲ GABUMŲ), UGDYMO ORGANIZAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000473" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
-[...20 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000474" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
-[...4 lines deleted...]
-          <w:highlight w:val="white"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-        </w:numPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PIRMASIS SKIRSNIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000475" w14:textId="1331DA28" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:highlight w:val="white"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-        </w:numPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PAGRINDINIAI UGDYMO ORGANIZAVIMO PRINCIPAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000476" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000477" w14:textId="1B5995DC" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="white"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="690E1813" w14:textId="77777777" w:rsidR="00F17C8E" w:rsidRDefault="00000000" w:rsidP="00F17C8E">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gimnazijoje pagal pradinio, pagrindinio ir vidurinio ugdymo programas įtraukiami mokiniai, turintys nedidelį, vidutinį ir didelį specialiųjų ugdymosi poreikių lygį. Mokiniams teikiama logopedo, spec</w:t>
+      </w:r>
+      <w:r w:rsidR="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ialiojo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pedagogo, psichologo, soc</w:t>
+      </w:r>
+      <w:r w:rsidR="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ialinio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pedagogo ir mok</w:t>
+      </w:r>
+      <w:r w:rsidR="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> padėjėjo pagalba.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000478" w14:textId="5F6F0352" w:rsidR="00EB3E31" w:rsidRPr="00405104" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokykla mokinio, turinčio specialiųjų ugdymosi poreikių, ugdymą organizuoja, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">vadovaudamasi </w:t>
+      </w:r>
+      <w:r w:rsidR="00405104" w:rsidRPr="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinio specialiųjų ugdymosi poreikių vertinimo, ugdymo pritaikymo ir (ar) reikalingos švietimo pagalbos skyrimo tvarkos</w:t>
+      </w:r>
+      <w:r w:rsidR="00405104" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprašu, patvirtintu Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2024 m. rugpjūčio 30 d. įsakymu Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00405104" w:rsidRPr="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V-928</w:t>
+      </w:r>
+      <w:r w:rsidR="00405104" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Dėl </w:t>
+      </w:r>
+      <w:r w:rsidR="00405104" w:rsidRPr="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinio specialiųjų ugdymosi poreikių vertinimo, ugdymo pritaikymo ir (ar) reikalingos švietimo pagalbos skyrimo tvarkos</w:t>
+      </w:r>
+      <w:r w:rsidR="00405104" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprašo patvirtinimo“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00405104" w:rsidRPr="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00405104">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>endrosiomis programomis ir šio skyriaus nuostatomis (jei šiame skyriuje nereglamentuojama, mokykla vadovaujasi kitomis Bendrųjų ugdymo planų nuostatomis, reglamentuojančiomis ugdymo programų įgyvendinimą) bei atsižvelgia į:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000479" w14:textId="48AAB90C" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="3F059480" w14:textId="77777777" w:rsidR="00F17C8E" w:rsidRDefault="00000000" w:rsidP="00F17C8E">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio mokymosi ir švietimo pagalbos poreikius;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000047A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="55ED7E51" w14:textId="77777777" w:rsidR="00F17C8E" w:rsidRDefault="00000000" w:rsidP="00F17C8E">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formaliojo švietimo programą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000047B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="5B3266B3" w14:textId="77777777" w:rsidR="00F17C8E" w:rsidRDefault="00000000" w:rsidP="00F17C8E">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokymosi formą ir mokymo proceso organizavimo būdą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000047C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="1994D077" w14:textId="77777777" w:rsidR="00F17C8E" w:rsidRDefault="00000000" w:rsidP="00F17C8E">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>švietimo pagalbos specialistų, gimnazijos vaiko gerovės komisijos, pedagoginių psichologinių ar švietimo pagalbos tarnybų rekomendacijas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000047D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="6EEDBE96" w14:textId="77777777" w:rsidR="00F17C8E" w:rsidRDefault="00000000" w:rsidP="00F17C8E">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialistų komandą, mokymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) aplinką ir turimas mokymo lėšas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000047E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Siekiant tenkinti mokinių ugdymosi reikmes, pritaikoma Bendroji programa arba rengiama individualizuota pradinio, pagrindinio ugdymo programa. Ugdymo turinys formuojamas pagal dalykus. Mokiniai pagal pradinio, pagrindinio ir vidurinio ugdymo programas ugdomi grupinio mokymosi forma kasdieniu mokymosi proceso organizavimo būdu. Mokymosi organizavimo formos – pamoka, specialiosios pratybos. Mokiniai ugdomi dalykų kabinetuose bei specialiojo pedagogo, psichologo ir socialinio pedagogo kabinetuose. Parenkamos ugdymui skirtos specialiosios mokymo priemonės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000047F" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0029226F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029226F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pradinio ugdymo individualizuotos ir pagrindinio ugdymo individualizuotos programos bei socialinių įgūdžių ugdymo programos įgyvendinimas reglamentuojamas Bendrųjų ugdymo planų 8 priede.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000480" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Individualus ugdymo planas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Kiekvienam mokiniui, turinčiam specialiųjų ugdymosi poreikių, rengiamas individualus ugdymo planas, kurio sudėtinė dalis yra pagalbos planas, apimantis pagalbą ugdymo procese ir kitų specialistų teikiamą pagalbą, didinančią ugdymo veiksmingumą, programų pritaikymą arba individualizavimą:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000481" w14:textId="64D12BBE" w:rsidR="00EB3E31" w:rsidRPr="00BE5507" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="5A8B2E81" w14:textId="6995C048" w:rsidR="00F17C8E" w:rsidRDefault="00000000" w:rsidP="00F17C8E">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individualus ugdymo planas rengiamas pusmečiui. Pildoma elektroninė Individualaus ugdymo plano SUP mokiniams </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>forma. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5507" w:rsidRPr="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE5507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000482" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="69A34EC2" w14:textId="04415CA1" w:rsidR="002E5CC8" w:rsidRPr="00F17C8E" w:rsidRDefault="00000000" w:rsidP="00F17C8E">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planui rengti bei įgyvendinimui koordinuoti paskiriamas koordinuojantis asmuo, kuris kartu su mokytojais ir švietimo pagalbą teikiančiais specialistais, vaiku, su jo tėvais (globėjais, rūpintojais) numato ugdymo ir pagalbos tikslus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000483" w14:textId="5E28E132" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="6A20B872" w14:textId="41C70039" w:rsidR="002E5CC8" w:rsidRPr="00F17C8E" w:rsidRDefault="00000000" w:rsidP="00F17C8E">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rengiant individualų ugdymo planą vadovaujamasi Bendrųjų ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6531" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planų 84, 90, 101 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktuose nurodytu pradinio, pagrindinio ar vidurinio ugdymo dalykų programoms įgyvendinti skiriamų pamokų skaičiumi, galima:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000484" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planuoti specialiąsias pamokas ir (ar) didinti pamokų, skirtų ugdymo sričiai/dalykų </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>grupei, socialinei veiklai, ugdymui profesinei karjerai, medijų ir informaciniam raštingumui, skaičių, siekdama plėtoti asmens kompetencijas ir tenkinti ugdymosi poreikius, daugiau dėmesio skirti bendrosioms kompetencijoms ugdyti, taip pat meniniam, technologiniam, sveikatos ugdymui. Mokiniams, kurių gimtoji kalba nėra lietuvių kalba, rekomenduojama skirti pamokas lietuvių kalbai mokyti ar dvikalbiam ugdymui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000485" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keisti specialiųjų pamokų, pratybų ir individualiai pagalbai skiriamų valandų (pamokų) skaičių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000486" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>keisti pamokų trukmę, dienos ugdymo struktūrą, siekiant individualiame ugdymo plane numatytų tikslų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000487" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formuoti nuolatines ar laikinąsias grupes, pogrupius iš tų pačių ar skirtingų klasių mokinių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000488" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vėliau pradėti mokytis pirmosios ar antrosios užsienio kalbos mokiniui, kuris turi klausos, įvairiapusių raidos, elgesio ir emocijų, kalbos ir kalbėjimo, skaitymo ir (ar) rašymo, intelekto (taip pat ir nepatikslintų intelekto), bendrųjų mokymosi sutrikimų, turintį </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kochlearinius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> implantus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000489" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokyti tik vienos užsienio kalbos – mokinį, turintį klausos, įvairiapusių raidos, elgesio ir emocijų, kalbos ir kalbėjimo, skaitymo ir (ar) rašymo, intelekto (taip pat ir nepatikslintų intelekto), bendrųjų mokymosi sutrikimų, turintį </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kochlearinius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> implantus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000048A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nemokyti užsienio kalbų mokinio, kuris turi kompleksinę negalią ir (ar) kompleksinių sutrikimų, į kurių sudėtį įeina įvairiapusiai raidos, elgesio ir emocijų, kalbos ir kalbėjimo, skaitymo ir (ar) rašymo, intelekto, bendrieji mokymosi sutrikimai, klausos sutrikimai (išskyrus nežymų klausos sutrikimą). Užsienio kalbų pamokų laikas gali būti skiriamas lietuvių, lietuvių gestų kalbai mokyti, kurčiųjų dvikalbystei ugdyti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000048B" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nemokyti muzikos mokinio, kuris turi klausos sutrikimą (išskyrus nežymų);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000048C" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nemokyti technologijų mokinio, kuris turi judesio ir padėties bei neurologinių sutrikimų (išskyrus lengvus), o vietoj jų mokinys gali rinktis kitus individualaus ugdymo plano dalykus, tenkinančius specialiuosius ugdymosi poreikius, gauti pedagoginę ar specialiąją pedagoginę pagalbą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000048D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planas įgyvendinamas, sudarant individualius tvarkaraščius, derinant su klasės, kurioje mokinys mokosi, tvarkaraščiu, ir užtikrinant, kad mokinys gaus ugdymą ir švietimo pagalbą tokia apimtimi, kokią nustato Bendrieji ugdymo planai ir rekomenduoja mokiniui pedagoginė psichologinė ar švietimo pagalbos tarnyba;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000048E" w14:textId="4EA596F1" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokiniui, kuris mokosi pagal bendrojo ugdymo programą, ją pritaikant, mokinio individualus ugdymo planas sudaromas vadovaujantis Bendrųjų ugdymo planų </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6531" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">84, 90, 101 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktuose dalykų programoms įgyvendinti nurodomu pamokų skaičiumi, kuris gali būti koreguojamas iki 25 procentų. Bendras pamokų ir neformaliojo švietimo pamokų skaičius gali būti didinamas atsižvelgiant į mokinio galias ir ugdymosi poreikius, specialistų rekomendacijas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000048F" w14:textId="41A43646" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sutrikusios klausos (išskyrus nežymų) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="63EFB1C5" w14:textId="77777777" w:rsidR="00F23D17" w:rsidRDefault="00000000" w:rsidP="00F23D17">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio individualaus ugdymo plano rengimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000490" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mokiniui, ugdomam pagal pradinio ugdymo programą:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000491" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurčiajam mokiniui lietuvių gestų kalbai skiriama ne mažiau kaip 140 pamokų per dvejus mokslo metus. Mokiniui, turinčiam žymų ar labai žymų klausos sutrikimą, turinčiam implantus gali būti skiriama iki 140 pamokų lietuvių gestų kalbai mokyti, jei mokinys ar jo tėvai (globėjai, rūpintojai) pasirenka;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000492" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lietuvių kalbai – ne mažiau kaip 420 pamokų per dvejus mokslo metus, dalykinei praktinei veiklai – ne mažiau kaip 140 pamokų per dvejus mokslo metus, meniniam ugdymui – ne mažiau kaip 210 pamokų per dvejus mokslo metus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000493" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarties, kalbos mokymo ir klausos lavinimo individualioms pratyboms skiriama ne mažiau kaip 140 pamokų per metus (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kochlearinių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> implantų naudotojams – ne mažiau kaip 140 pamokų per metus). Tarties, kalbos mokymo ir klausos lavinimo individualios pratybos gali vykti lietuvių kalbos pamokose ar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>popamokų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> įvairiomis formomis. Pratybų ir lietuvių kalbos pamokų turinys turi derėti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000494" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsižvelgiant į individualius kiekvieno mokinio gebėjimus ir tėvų (globėjų, rūpintojų) pageidavimus, kurčiasis, mokomas totaliosios komunikacijos žodiniu ar dvikalbiu metodu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000495" w14:textId="272A3B74" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">besimokančiajam pagal pagrindinio ugdymo programą individualus ugdymo planas sudaromas vadovaujantis Bendrųjų ugdymo planų </w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> punkt</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, be to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000496" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsižvelgiant į klausos netekimo laiką, kalbos išsivystymo lygį, turimus tarties įgūdžius ir gebėjimą bendrauti kalba, ugdymo plane specialiosios pamokos skiriamos tarčiai, kalbai ir klausai lavinti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000497" w14:textId="14F5552B" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurčiojo mokinio ugdymo plane turi būti skiriama lietuvių gestų kalbai – ne mažiau kaip 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamokos</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per metus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000498" w14:textId="59967A11" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurčio ir žymų ir labai žymų klausos sutrikimą turinčio  mokinio ugdymo plane turi būti skiriama, lietuvių kalbai ir literatūrai – ne mažiau kaip 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamok</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per metus. Turinčiam žymų ar labai žymų klausos sutrikimą mokiniui  gali būti skiriama ne mažiau kaip 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamokos lietuvių gestų kalbai mokyti, jei mokinys ar jo tėvai (globėjai, rūpintojai) pasirenka;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000499" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurčias, žymų ar labai žymų klausos sutrikimą turintis mokinys mokomas totaliosios komunikacijos žodiniu ar dvikalbiu metodu, atsižvelgiant į individualius gebėjimus ir jo tėvų (globėjų, rūpintojų) pageidavimus. Dvikalbystei ugdyti mokykla gali skirti papildomas valandas individualiame ugdymo plane nuolat ar laikinai mokiniui, kurio nepakankamas gestų kalbos ir žodinės kalbų mokėjimas daro neigiamą įtaką mokymosi pasiekimams, vaiko pažintinei, kalbinei ir emocinei raidai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000049A" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I–II gimnazijos klasėse iš mokinio ugdymo(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) poreikiams tenkinti skiriamų pamokų ne mažiau kaip 100 pamokų per metus turi būti skiriama mokyti individualizuotai ir diferencijuotai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000049B" w14:textId="03D1FF1D" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniui tarties, kalbos mokymo ir klausos lavinimo specialiosioms pratyboms skiriama: 5 klasėje – ne mažiau kaip 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamokos, 6–8 klasėse ir I, II gimnazijos klasėse – ne mažiau kaip 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamokos per metus, turinčiam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kochlearinius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> implantus – ne mažiau kaip 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamokos per </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>metus. Pratybų ir lietuvių kalbos ir literatūros pamokų turinys turi derėti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000049C" w14:textId="1A2563D3" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutrikusios kalbos ir kitos komunikacijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokinio individualus ugdymo planas sudaromas vadovaujantis Bendrųjų ugdymo planų </w:t>
+      </w:r>
+      <w:r w:rsidR="00956868">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>84, 90, 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> punktais. Ugdymo plane specialiosios pamokos skiriamos tarčiai, kalbai ir klausai lavinti:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000049D" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individualioms ir grupinėms pratyboms 1–4 klasėse skiriama ne mažiau kaip 70 pamokų per dvejus mokslo metus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000049E" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žymių ar labai žymių kalbėjimo ir kalbos sutrikimų turinčiam mokiniui, bendraujančiam alternatyvios komunikacijos būdu, 1–4 klasėse tarties, kalbos ir komunikacijos ugdymą galima integruoti į komunikacinės, pažintinės veiklos ir į lietuvių kalbos pamokas, pratybas. Pratybų ir lietuvių kalbos ir literatūros pamokų turinys turi derėti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000049F" w14:textId="103BC0F6" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialiosioms pratyboms 5–8 klasėse skiriamos ne mažiau kaip 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00956868" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamokos per metus, I–II gimnazijos klasėse – ne mažiau kaip 18 pamokų per metus mokinio kalbai ir komunikacijai lavinti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniui, bendraujančiam alternatyviuoju būdu, tarties, kalbos ir komunikacijos lavinimo specialiosioms pratyboms 5–8 klasėse, I–II gimnazijos klasėse skiriama ne mažiau kaip 18 pamokų per metus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A1" w14:textId="3B93D59E" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> įvairiapusių raidos sutrikimų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">turinčio mokinio individualus ugdymo planas sudaromas vadovaujantis Bendrųjų ugdymo planų </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6974" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">84, 90, 101 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktais:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A2" w14:textId="51D03B28" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsižvelgiant į klasės, kurioje mokosi mokinys, paskirtį: bendroje klasėje, skiriant mok</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6974" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> padėjėją, esant dideliems specialiesiems poreikiams – specialiojoje klasėje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialiosios paskirties klasėje besimokančiam mokiniui rekomenduojama įtraukti ir suplanuoti dalykus, kurių mokysis su savo bendraamžiais bendrosios paskirties klasėje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A4" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individualiame ugdymo plane turi būti numatyta elgesio prevencijos ir intervencijos būdai, socialinių įgūdžių ugdymo veiklos. Periodiškai (ne rečiau kaip kartą per mėnesį) arba užfiksavus mokinio pažangą ar nustačius, kad ugdymo procese pažanga nedaroma, peržiūrimas ir koreguojamas individualus pagalbos vaikui planas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A5" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniui pritaikoma nuolatinė mokymosi vieta, prireikus naudojant sieneles/širmas, skirtas dėmesiui koncentruoti ugdymo proceso metu, triukšmui mažinti. Įrengiama kiek įmanoma labiau nuo triukšmo izoliuota erdvė klasėje ar už klasės ribų, kurioje įvairiapusių raidos sutrikimų turinčiam mokiniui būtų sudaromos galimybės pertraukai veiklos metu ar esant emocinio nestabilumo būklei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A6" w14:textId="05E3FC12" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rengiant individual</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6974" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo planą, mokytojai bendradarbiauja su švietimo pagalbos specialistais, gauna nuolatinę pagalbą ir paramą taikant elgesio vertinimo priemones netinkamo elgesio priežastims nustatyti bei reikalingų įgūdžių ugdymo strategijoms parinkti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siekiant atsižvelgti į individualius mokinio gebėjimus ir raidos specifiką, numatomi mokymo medžiagos pateikimo būdai (vaizdiniu, garsiniu ir kt.) ir įtraukiant mokinį į veiklas būtina pagal jo pomėgius, naudojant vizualines užuominas ugdymo procese ir jo mokymosi vietoje, parenkant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>individualiame ugdymo plane numatytą mokymosi pasiekimų vertinimo ir individualios pažangos stebėjimo formą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sudarant tvarkaraščius individualiam ugdymo planui įgyvendinti, užtikrintos sąlygos ugdomosios veiklos metu daryti fizinio aktyvumo pertraukas, jų metu pagal galimybes panaudojant specialias priemones (minkštasuolius, balansavimo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supimosi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priemones ir kt.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004A9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užtikrinama, kad bus taikomi vizualinio struktūravimo metodai ir priemonės pamokų ir pertraukų metu (struktūruoti erdves, veiklas, pamokas, pertraukas, užduotis, naudoti vaizdinę dienotvarkę, pasirinkimų lenteles ir kt.) bei teikiama kita vizualinė pagalba (pvz., naudoti atgalinius laikmačius).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004AA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="white"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="5C07BC7E" w14:textId="77777777" w:rsidR="00F23D17" w:rsidRDefault="00000000" w:rsidP="00F23D17">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokiniams, turintiems nežymų intelekto sutrikimą ir kompleksinių sutrikimų, kurių derinio dalis yra nežymus intelekto sutrikimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004AB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="4C073155" w14:textId="3F5C8930" w:rsidR="002E5CC8" w:rsidRPr="00F23D17" w:rsidRDefault="00000000" w:rsidP="00F23D17">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skiriamos specialiosios pratybos, individualiai specialiajai pedagoginei pagalbai teikti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004AC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="4AFC5E3F" w14:textId="05DE1780" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>keičiamas specialiųjų pratybų valandų (pamokų) skaičius per mokslo metus, atsižvelgiant į mokinio reikmes, švietimo pagalbos specialistų, Vaiko gerovės komisijos ir pedagoginės psichologinės ar švietimo pagalbos tarnybos rekomendacijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004AD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="white"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...25 lines deleted...]
-        <w:ind w:left="0" w:firstLine="566"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bendrojo ugdymo dalykų programas pritaiko mokytojas, atsižvelgdamas į mokinio gebėjimus ir galias, specialiojo pedagogo ir (ar) kitų gimnazijos Vaiko gerovės komisijos narių rekomendacijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004AF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3391 lines deleted...]
-        <w:rPr>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40D7A93B" w14:textId="2A24F4C7" w:rsidR="002E5CC8" w:rsidRDefault="00EA3F41">
+    <w:p w14:paraId="000004B0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ANTRASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C7B083" w14:textId="77777777" w:rsidR="00EA3F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000004B1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MOKINIŲ, TURINČIŲ SPECIALIŲJŲ UGDYMOSI POREIKIŲ,</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="63BE9CEF" w14:textId="5AAEF3B1" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+        <w:t>MOKINIŲ, TURINČIŲ SPECIALIŲJŲ UGDYMOSI POREIKIŲ, MOKYMOSI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004B3" w14:textId="6734BBD1" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="00CE6974">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PASIEKIMŲ IR PAŽANGOS VERTINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22976C2B" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
-[...18 lines deleted...]
-    <w:p w14:paraId="261D8451" w14:textId="0E9BAA0B" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000004B4" w14:textId="1DFC0D0B" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokinio, kuris mokosi pagal bendrojo ugdymo programą, mokymosi pažanga ir pasiekimai vertinami pagal bendrosiose programose numatytus pasiekimus</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="4B376346" w14:textId="48DBC4D1" w:rsidR="00057BBA" w:rsidRDefault="00000000" w:rsidP="00192877">
+        <w:t xml:space="preserve">Mokinio, kuris mokosi pagal bendrojo ugdymo programą, mokymosi pažanga ir pasiekimai vertinami pagal </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6974">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>endrosiose programose numatytus pasiekimus ir vadovaujantis Bendrųjų ugdymo planų nuostatomis</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6974">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004B5" w14:textId="083EF040" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mokinio, kuris mokosi pagal bendrojo ugdymo dalykų pritaikytą programą, mokymosi </w:t>
+        <w:t xml:space="preserve">Mokinio, kuris mokosi pagal </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6974">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t>mokinio individualiame ugdymo plane numatytus individualios pažangos keliamus tikslus, kurie yra suderinti su bendrosiose programose numatytais pasiekimais, aptarus su mokiniu, jo tėvais (globėjais, rūpintojais), švietimo pagalbą teikiančiais specialistais, kokiais aspektais bus pritaikomas ugdymo turinys, ko sieks ir mokysis mokinys, kaip bus mokoma(</w:t>
+        <w:t>endrojo ugdymo dalykų pritaikytą programą, mokymosi pažanga ir pasiekimai ugdymo procese vertinami pagal mokinio individualiame ugdymo plane numatytus individualios pažangos keliamus tikslus, aptarus su mokiniu, jo tėvais (globėjais, rūpintojais), švietimo pagalbą teikiančiais specialistais, kokiais aspektais bus pritaikomas ugdymo turinys, ko sieks ir mokysis mokinys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4F55">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4F55" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palyginus su Bendrosiose programose numatytais pasiekimų lygiais, kokie bus mokinio mokymosi pasiekimų vertinimo ir pa(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00057BBA" w:rsidRPr="00057BBA">
+      <w:r w:rsidR="00AB4F55" w:rsidRPr="0034771F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00057BBA" w:rsidRPr="00057BBA">
-[...5 lines deleted...]
-        <w:t>), kokie bus mokinio mokymosi pasiekimų vertinimo ir pa(</w:t>
+      <w:r w:rsidR="00AB4F55" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)tikrinimo būdai, kokiomis mokymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00057BBA" w:rsidRPr="00057BBA">
+      <w:r w:rsidR="00AB4F55" w:rsidRPr="0034771F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00057BBA" w:rsidRPr="00057BBA">
-[...26 lines deleted...]
-    <w:p w14:paraId="5782A71D" w14:textId="35CAD6FA" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+      <w:r w:rsidR="00AB4F55" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) priemonėmis bus naudojamasi, kaip bus fiksuojami mokinio mokymosi pasiekimai ugdymo laikotarpiu ir laikotarpio pabaigoje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004B6" w14:textId="257B155A" w:rsidR="00EB3E31" w:rsidRPr="0034771F" w:rsidRDefault="00000000" w:rsidP="000407B1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w14:paraId="4A51E863" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Besimokančio pagal individualizuotą programą, žinios vertinamos remiantis ta pačia vertinimo sistema, kaip ir visų klasės mokinių, tik individualizuotos programos lygiu. Mokinio, kuris mokosi pagal pagrindinio ugdymo individualizuotą programą mokymosi pasiekimai vertinami </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>pažymiais. Jei mokinys nuolat gauna labai gerus arba nepatenkinamus pažymius individualizuota programa koreguojama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004B7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="434D0A89" w14:textId="022C2C3A" w:rsidR="002E5CC8" w:rsidRDefault="005505C2">
+    <w:p w14:paraId="000004B8" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TREČIASIS SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19AB9C49" w14:textId="6B998E02" w:rsidR="002E5CC8" w:rsidRDefault="005505C2" w:rsidP="005505C2">
+    <w:p w14:paraId="000004B9" w14:textId="4A3B7051" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005505C2">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ŠVIETIMO PAGALBOS MOKINIUI, TURINČIAM SPECIALIŲJŲ UGDYMOSI POREIKIŲ, TEIKIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA1C090" w14:textId="77777777" w:rsidR="005505C2" w:rsidRDefault="005505C2" w:rsidP="005505C2">
+    <w:p w14:paraId="000004BA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67975563" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000" w:rsidP="00192877">
+    <w:p w14:paraId="000004BB" w14:textId="78844154" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Gimnazija specialiąją pedagoginę pagalbą mokiniui teikia, vadovaudamasi teisės aktais ir įgyvendindama pedagoginės psichologinės tarnybos ar mokyklos vaiko gerovės komisijos rekomendacijas.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54138FCB" w14:textId="0ABC10DF" w:rsidR="00841722" w:rsidRDefault="00841722" w:rsidP="00192877">
+        <w:t xml:space="preserve">Gimnazija specialiąją pedagoginę pagalbą mokiniui teikia, vadovaudamasi teisės aktais ir įgyvendindama pedagoginės psichologinės tarnybos ar mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17FBD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aiko gerovės komisijos rekomendacijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004BC" w14:textId="2AE9E442" w:rsidR="00EB3E31" w:rsidRPr="00E17FBD" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00841722">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Švietimo pagalbą teikiantys specialistai, bendradarbiaudami su mokytojais, padeda įveikti mokiniui kylančius mokymosi sunkumus, šalina jų priežastis, stebi ugdymo procese mokinius, teikia konsultacinę pagalbą</w:t>
+      </w:r>
+      <w:r w:rsidR="00E17FBD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytojui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17FBD" w:rsidRPr="0034771F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio tėvams (globėjams, rūpintojams) ir kitiems, teikiantiems paslaugas ir pagalbą, padeda mokiniui ugdytis, sudaryti sąlygas mokytis ir užtikrinti jo gerovę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17FBD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4B2660" w14:textId="4EDC36DF" w:rsidR="00841722" w:rsidRDefault="00841722" w:rsidP="00192877">
+    <w:p w14:paraId="000004BD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00841722">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Švietimo pagalba mokiniui teikiama laikinai ar nuolat ugdymo proceso metu ar pasibaigus ugdymo procesui, konsultuojant mokinį, atsižvelgiant į individualiame ugdymo plane keliamus ugdymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00841722">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00841722">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) tikslus, pagalbą teikiančių specialistų funkcijas ir mokinio reikmes. Siekiant </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00841722">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įtraukties</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00841722">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> į ugdymo procesą ir teikiant pagalbą pamokoje, klasėje pasirenkami kuo mažiau </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00841722">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>stigmatizuojantys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00841722">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="217F7AE1" w14:textId="0B1A4652" w:rsidR="00841722" w:rsidRDefault="00841722" w:rsidP="00192877">
+        <w:t xml:space="preserve"> ugdymo ir švietimo pagalbos teikimo būdai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004BE" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="566"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00841722">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">mokiniui </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="02152E87" w14:textId="77777777" w:rsidR="00841722" w:rsidRDefault="00841722" w:rsidP="00841722">
+        <w:t>Švietimo pagalbos teikimo formos mokiniui parenkamos individualiai, jos gali būti specialiosios pamokos, pratybos, konsultacijos, pagalba ugdymosi veiklose, savirūpos procese ir kt.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004BF" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00841722">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specialioji pamoka, skirta mokymosi sunkumams ar sutrikimams, kylantiems dėl įgimtų ar įgytų sutrikimų, įveikti, išskirtiniams asmens gabumams ugdyti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E451957" w14:textId="7FAA9205" w:rsidR="002E5CC8" w:rsidRPr="00841722" w:rsidRDefault="00841722" w:rsidP="00841722">
+    <w:p w14:paraId="000004C0" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000" w:rsidP="0034771F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00841722">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specialiosios pratybos, skirtos švietimo veiksmingumui didinti, įgimtiems ar įgytiems sutrikimams kompensuoti, gebėjimams ir galioms plėtoti, kurios gali būti vykdomos individualiai ar grupėmis (2–8 mokiniai).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17551743" w14:textId="77777777" w:rsidR="00FE070F" w:rsidRDefault="00FE070F">
+    <w:p w14:paraId="4772E4A5" w14:textId="0D0B5EF6" w:rsidR="00BE5507" w:rsidRDefault="00BE5507" w:rsidP="00BE5507">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nuo 2025 m. sausio 1 d. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F64CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gimnazija</w:t>
+      </w:r>
+      <w:r w:rsidR="009F64CC" w:rsidRPr="009F64CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da</w:t>
+      </w:r>
+      <w:r w:rsidR="009F64CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lyvauja </w:t>
+      </w:r>
+      <w:r w:rsidR="009F64CC" w:rsidRPr="009F64CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009F64CC" w:rsidRPr="009F64CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įtraukties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F64CC" w:rsidRPr="009F64CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> švietime centr</w:t>
+      </w:r>
+      <w:r w:rsidR="009F64CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="009F64CC" w:rsidRPr="009F64CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F64CC" w:rsidRPr="009F64CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specifinių mokymosi sutrikimų turinčių mokinių </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009F64CC" w:rsidRPr="009F64CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įtraukties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F64CC" w:rsidRPr="009F64CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo procese modelio įgyvendinim</w:t>
+      </w:r>
+      <w:r w:rsidR="009F64CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000004C1" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F9D17B8" w14:textId="77777777" w:rsidR="00FE070F" w:rsidRDefault="00FE070F">
+    <w:p w14:paraId="000004C2" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BEA1345" w14:textId="366A1B10" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000004C3" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>_______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3586F8" w14:textId="77777777" w:rsidR="00FE070F" w:rsidRPr="00FE070F" w:rsidRDefault="00FE070F" w:rsidP="00FE070F">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00FE070F">
+    <w:p w14:paraId="000004C6" w14:textId="5436DEAA" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A741548" w14:textId="77777777" w:rsidR="000407B1" w:rsidRDefault="000407B1" w:rsidP="000407B1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SUDERINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13878654" w14:textId="77777777" w:rsidR="00FE070F" w:rsidRPr="00FE070F" w:rsidRDefault="00FE070F" w:rsidP="00FE070F">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00FE070F">
+    <w:p w14:paraId="02615BC7" w14:textId="77777777" w:rsidR="000407B1" w:rsidRDefault="000407B1" w:rsidP="000407B1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijos taryba</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF210C9" w14:textId="5138FAC3" w:rsidR="002E5CC8" w:rsidRDefault="00FE070F" w:rsidP="00FE070F">
-[...30 lines deleted...]
-      <w:pgMar w:top="851" w:right="708" w:bottom="567" w:left="1134" w:header="289" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="6C0A94FE" w14:textId="1F4E06B3" w:rsidR="000407B1" w:rsidRDefault="000407B1" w:rsidP="000407B1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025-08-2</w:t>
+      </w:r>
+      <w:r w:rsidR="009F64CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protokolo Nr.4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C33FD0" w14:textId="77777777" w:rsidR="000407B1" w:rsidRDefault="000407B1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000407B1" w:rsidSect="003D4B87">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:pgSz w:w="11907" w:h="16840"/>
+      <w:pgMar w:top="851" w:right="708" w:bottom="567" w:left="1418" w:header="289" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03819FB6" w14:textId="77777777" w:rsidR="000D56CA" w:rsidRDefault="000D56CA">
+    <w:p w14:paraId="489A2AFD" w14:textId="77777777" w:rsidR="001A5CAC" w:rsidRDefault="001A5CAC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C5D5E2A" w14:textId="77777777" w:rsidR="000D56CA" w:rsidRDefault="000D56CA">
+    <w:p w14:paraId="3087A6AB" w14:textId="77777777" w:rsidR="001A5CAC" w:rsidRDefault="001A5CAC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{E8D193E4-E169-47CA-946D-1483938305A5}"/>
+    <w:embedItalic r:id="rId2" w:fontKey="{A4DDC858-B665-431E-99BD-06AFF999498A}"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{830CD888-EA23-4F80-A36B-7971643AA1F5}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{EEB2C0E6-FB33-4FC6-A060-C857D3F4BF01}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{7AFF0BB6-EBC6-49BC-BABF-5492FB7017BF}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="46ECBBB2" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="000004CA" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="02E9817F" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+  <w:p w14:paraId="000004CB" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="17233AAC" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="000004CC" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FCD375A" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="000004CD" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A4C2C77" w14:textId="77777777" w:rsidR="000D56CA" w:rsidRDefault="000D56CA">
+    <w:p w14:paraId="707E9605" w14:textId="77777777" w:rsidR="001A5CAC" w:rsidRDefault="001A5CAC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="594BA547" w14:textId="77777777" w:rsidR="000D56CA" w:rsidRDefault="000D56CA">
+    <w:p w14:paraId="28E257D8" w14:textId="77777777" w:rsidR="001A5CAC" w:rsidRDefault="001A5CAC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0EE5B173" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="000004C7" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3D38A6FB" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="000004C8" w14:textId="53AFB2EA" w:rsidR="00EB3E31" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E359C9">
+    <w:r w:rsidR="00463217">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="416AC9BE" w14:textId="77777777" w:rsidR="002E5CC8" w:rsidRDefault="002E5CC8">
+  <w:p w14:paraId="000004C9" w14:textId="77777777" w:rsidR="00EB3E31" w:rsidRDefault="00EB3E31">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12917E99"/>
+    <w:nsid w:val="28051266"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F210091E"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1003" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1723" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2443" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3163" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3883" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4603" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5323" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6043" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6763" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34642B1C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="32A663CE"/>
+    <w:tmpl w:val="6068F8D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="720"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1817" w:hanging="540"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="000000"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1997" w:hanging="720"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="000000"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2700" w:hanging="720"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="1080"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4140" w:hanging="1080"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="1440"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5580" w:hanging="1440"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="1800"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22056088"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CF57E0B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A5B8EBF8"/>
+    <w:tmpl w:val="7C5093DC"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="7"/>
+      <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="927" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="219" w:hanging="219"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:color w:val="000000"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="432" w:hanging="432"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="716" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:color w:val="000000"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="1497" w:hanging="504"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="504"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="1728" w:hanging="647"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1161" w:hanging="647"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="2232" w:hanging="792"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1665" w:hanging="792"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="2736" w:hanging="935"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2169" w:hanging="934"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="3240" w:hanging="1080"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2673" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="3744" w:hanging="1224"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3177" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="4320" w:hanging="1440"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3753" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="516A164F"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76A60B2B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A5B8EBF8"/>
+    <w:tmpl w:val="948A0360"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="7"/>
+      <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="927" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="219"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="000000"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="000000"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1497" w:hanging="504"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="647"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="2736" w:hanging="935"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="933"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...237 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="697853497">
+  <w:num w:numId="1" w16cid:durableId="182478755">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="429278126">
+  <w:num w:numId="2" w16cid:durableId="1899321960">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1590893591">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="519667047">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2110005258">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="5" w16cid:durableId="1929458869">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="567" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="567" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="567" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2700" w:hanging="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3600" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="4140" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="5040" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="5580" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="6480" w:hanging="1800"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="519516538">
-[...2 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1578052531">
+  <w:num w:numId="6" w16cid:durableId="1478957067">
     <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="567" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="567"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="567"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="2700" w:hanging="720"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="3600" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="4140" w:hanging="1080"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="5040" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="5580" w:hanging="1440"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="6480" w:hanging="1800"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:b w:val="0"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="164"/>
+  <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002E5CC8"/>
-[...156 lines deleted...]
-    <w:rsid w:val="00FE070F"/>
+    <w:rsidRoot w:val="00EB3E31"/>
+    <w:rsid w:val="000269C9"/>
+    <w:rsid w:val="000407B1"/>
+    <w:rsid w:val="000427B0"/>
+    <w:rsid w:val="000457AE"/>
+    <w:rsid w:val="00054012"/>
+    <w:rsid w:val="0009096A"/>
+    <w:rsid w:val="000A2867"/>
+    <w:rsid w:val="000C5A64"/>
+    <w:rsid w:val="000E66C1"/>
+    <w:rsid w:val="00112145"/>
+    <w:rsid w:val="001521E1"/>
+    <w:rsid w:val="00164EDC"/>
+    <w:rsid w:val="001A5CAC"/>
+    <w:rsid w:val="001B4791"/>
+    <w:rsid w:val="001F1A0D"/>
+    <w:rsid w:val="001F2497"/>
+    <w:rsid w:val="002012BF"/>
+    <w:rsid w:val="0022713B"/>
+    <w:rsid w:val="0023673E"/>
+    <w:rsid w:val="00247EB2"/>
+    <w:rsid w:val="00250E3C"/>
+    <w:rsid w:val="00287943"/>
+    <w:rsid w:val="0029226F"/>
+    <w:rsid w:val="002B1544"/>
+    <w:rsid w:val="002D730B"/>
+    <w:rsid w:val="0034771F"/>
+    <w:rsid w:val="00353B57"/>
+    <w:rsid w:val="00353EDB"/>
+    <w:rsid w:val="00374090"/>
+    <w:rsid w:val="00374095"/>
+    <w:rsid w:val="00375F74"/>
+    <w:rsid w:val="003B54B0"/>
+    <w:rsid w:val="003D02A2"/>
+    <w:rsid w:val="003D0617"/>
+    <w:rsid w:val="003D4B87"/>
+    <w:rsid w:val="003D6A2B"/>
+    <w:rsid w:val="00405104"/>
+    <w:rsid w:val="004259FE"/>
+    <w:rsid w:val="00452E70"/>
+    <w:rsid w:val="00456CE3"/>
+    <w:rsid w:val="00463217"/>
+    <w:rsid w:val="00464B4F"/>
+    <w:rsid w:val="0047175D"/>
+    <w:rsid w:val="004904A0"/>
+    <w:rsid w:val="004A4A9F"/>
+    <w:rsid w:val="004B6531"/>
+    <w:rsid w:val="004C3592"/>
+    <w:rsid w:val="004F4BB9"/>
+    <w:rsid w:val="0051753E"/>
+    <w:rsid w:val="00517EBC"/>
+    <w:rsid w:val="00531CE3"/>
+    <w:rsid w:val="00541627"/>
+    <w:rsid w:val="00553F9B"/>
+    <w:rsid w:val="00582724"/>
+    <w:rsid w:val="005C3D1D"/>
+    <w:rsid w:val="005F41E3"/>
+    <w:rsid w:val="00601976"/>
+    <w:rsid w:val="00604508"/>
+    <w:rsid w:val="006060E2"/>
+    <w:rsid w:val="006249E8"/>
+    <w:rsid w:val="00626F78"/>
+    <w:rsid w:val="006327CF"/>
+    <w:rsid w:val="00642FF5"/>
+    <w:rsid w:val="006A42E3"/>
+    <w:rsid w:val="006D593B"/>
+    <w:rsid w:val="006E14AB"/>
+    <w:rsid w:val="00713BA5"/>
+    <w:rsid w:val="00722DE2"/>
+    <w:rsid w:val="0073064A"/>
+    <w:rsid w:val="00756355"/>
+    <w:rsid w:val="00782BBA"/>
+    <w:rsid w:val="00811D8E"/>
+    <w:rsid w:val="00827B86"/>
+    <w:rsid w:val="00827E15"/>
+    <w:rsid w:val="00832C15"/>
+    <w:rsid w:val="00843E26"/>
+    <w:rsid w:val="008537D5"/>
+    <w:rsid w:val="00873398"/>
+    <w:rsid w:val="00883050"/>
+    <w:rsid w:val="008A3DB3"/>
+    <w:rsid w:val="008D5770"/>
+    <w:rsid w:val="008F272D"/>
+    <w:rsid w:val="009257FF"/>
+    <w:rsid w:val="00930E3E"/>
+    <w:rsid w:val="00956868"/>
+    <w:rsid w:val="00975E02"/>
+    <w:rsid w:val="00992326"/>
+    <w:rsid w:val="009C5DDD"/>
+    <w:rsid w:val="009D556B"/>
+    <w:rsid w:val="009E1F67"/>
+    <w:rsid w:val="009E3D23"/>
+    <w:rsid w:val="009F4D39"/>
+    <w:rsid w:val="009F64CC"/>
+    <w:rsid w:val="00A11F83"/>
+    <w:rsid w:val="00A272B7"/>
+    <w:rsid w:val="00A52A3D"/>
+    <w:rsid w:val="00A53DB7"/>
+    <w:rsid w:val="00A838FB"/>
+    <w:rsid w:val="00A85E40"/>
+    <w:rsid w:val="00A94742"/>
+    <w:rsid w:val="00AB4F55"/>
+    <w:rsid w:val="00AD369F"/>
+    <w:rsid w:val="00B25854"/>
+    <w:rsid w:val="00B3201E"/>
+    <w:rsid w:val="00B501DA"/>
+    <w:rsid w:val="00B52108"/>
+    <w:rsid w:val="00B6201A"/>
+    <w:rsid w:val="00B650A5"/>
+    <w:rsid w:val="00B9370E"/>
+    <w:rsid w:val="00BA3575"/>
+    <w:rsid w:val="00BB1CCA"/>
+    <w:rsid w:val="00BD066E"/>
+    <w:rsid w:val="00BE5507"/>
+    <w:rsid w:val="00BE7C83"/>
+    <w:rsid w:val="00C6447E"/>
+    <w:rsid w:val="00CB093A"/>
+    <w:rsid w:val="00CB1A15"/>
+    <w:rsid w:val="00CB6DEA"/>
+    <w:rsid w:val="00CC000C"/>
+    <w:rsid w:val="00CE6974"/>
+    <w:rsid w:val="00D159A6"/>
+    <w:rsid w:val="00D439F7"/>
+    <w:rsid w:val="00D45272"/>
+    <w:rsid w:val="00D62C17"/>
+    <w:rsid w:val="00D63952"/>
+    <w:rsid w:val="00D731E3"/>
+    <w:rsid w:val="00D73ABB"/>
+    <w:rsid w:val="00D746C6"/>
+    <w:rsid w:val="00D800D6"/>
+    <w:rsid w:val="00D81C3D"/>
+    <w:rsid w:val="00D902C0"/>
+    <w:rsid w:val="00DB109A"/>
+    <w:rsid w:val="00DC708D"/>
+    <w:rsid w:val="00DD36E2"/>
+    <w:rsid w:val="00DD4390"/>
+    <w:rsid w:val="00DE6242"/>
+    <w:rsid w:val="00E07A1C"/>
+    <w:rsid w:val="00E1059E"/>
+    <w:rsid w:val="00E17FBD"/>
+    <w:rsid w:val="00E35201"/>
+    <w:rsid w:val="00E44ADB"/>
+    <w:rsid w:val="00E464D8"/>
+    <w:rsid w:val="00E53608"/>
+    <w:rsid w:val="00E536E5"/>
+    <w:rsid w:val="00E73CB5"/>
+    <w:rsid w:val="00E77720"/>
+    <w:rsid w:val="00E91EFB"/>
+    <w:rsid w:val="00EB3E31"/>
+    <w:rsid w:val="00EE3574"/>
+    <w:rsid w:val="00F009CA"/>
+    <w:rsid w:val="00F56FA5"/>
+    <w:rsid w:val="00FC46A6"/>
+    <w:rsid w:val="00FC6410"/>
+    <w:rsid w:val="00FD7122"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="438D5E7C"/>
-  <w15:docId w15:val="{054A541C-AFBF-4169-8002-F3686192E32A}"/>
+  <w14:docId w14:val="426046C2"/>
+  <w15:docId w15:val="{561D5760-19BE-4E28-A2CE-4E59192D2FF3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
+        <w:lang w:val="lt" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -40077,51 +44788,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E63000"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
@@ -40222,85 +44932,88 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Pavadinimas">
     <w:name w:val="Title"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paantrat">
-[...16 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="prastojilentel"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="prastojilentel"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="prastojilentel"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
@@ -40342,123 +45055,447 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a6">
     <w:basedOn w:val="prastojilentel"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a7">
     <w:basedOn w:val="prastojilentel"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a8">
     <w:basedOn w:val="prastojilentel"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Komentarotekstas">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="prastasis"/>
     <w:link w:val="KomentarotekstasDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KomentarotekstasDiagrama">
     <w:name w:val="Komentaro tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Komentarotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="character" w:styleId="Komentaronuoroda">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00685CCF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Komentarotema">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Komentarotekstas"/>
     <w:next w:val="Komentarotekstas"/>
     <w:link w:val="KomentarotemaDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DF23B1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KomentarotemaDiagrama">
     <w:name w:val="Komentaro tema Diagrama"/>
     <w:basedOn w:val="KomentarotekstasDiagrama"/>
     <w:link w:val="Komentarotema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DF23B1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aa">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ab">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ac">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ad">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ae">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af0">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af1">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af2">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af3">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af4">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af5">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Eilutsnumeris">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00027AD9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af6">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af7">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af8">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af9">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afa">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afb">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afc">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afd">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afe">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff0">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff1">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff2">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baranausko.kaisiadorys.lm.lt/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baranausko.kaisiadorys.lm.lt/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -40737,70 +45774,112 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miyHxixKocDfeTB2uDMlgbafIq2Bw==">CgMxLjAaJwoBMBIiCiAIBCocCgtBQUFCbnBuenlaQRAIGgtBQUFCbnBuenlaQRonCgExEiIKIAgEKhwKC0FBQUJqbHZGMElVEAgaC0FBQUJqbHZGMElVGicKATISIgogCAQqHAoLQUFBQmpsdkYwSWcQCBoLQUFBQmpsdkYwSWcaJwoBMxIiCiAIBCocCgtBQUFCaTRXZXBrRRAIGgtBQUFCaTRXZXBrRRonCgE0EiIKIAgEKhwKC0FBQUJqbHZGMEkwEAgaC0FBQUJqbHZGMEkwGicKATUSIgogCAQqHAoLQUFBQmt1eVExRTQQCBoLQUFBQmt1eVExRTQaJwoBNhIiCiAIBCocCgtBQUFCa3V5UTFGQRAIGgtBQUFCa3V5UTFGQRonCgE3EiIKIAgEKhwKC0FBQUJqbHZGMEk0EAgaC0FBQUJqbHZGMEk0GicKATgSIgogCAQqHAoLQUFBQmpsdkYwSTgQCBoLQUFBQmpsdkYwSTgaJwoBORIiCiAIBCocCgtBQUFCamx2RjBKQRAIGgtBQUFCamx2RjBKQSLMAwoLQUFBQmpsdkYwSTASmgMKC0FBQUJqbHZGMEkwEgtBQUFCamx2RjBJMBpmCgl0ZXh0L2h0bWwSWXNraXJ0YSBuZWZvcm1hbGF1cyDFoXZpZXRpbW8gdmFsYW5kb3MgZ2FiaWVtcyBtb2tpbmlhbXMsIHZhbGFuZG9zIG9saW1waWFkb3MgcnVvxaFpbXVpLi4uImcKCnRleHQvcGxhaW4SWXNraXJ0YSBuZWZvcm1hbGF1cyDFoXZpZXRpbW8gdmFsYW5kb3MgZ2FiaWVtcyBtb2tpbmlhbXMsIHZhbGFuZG9zIG9saW1waWFkb3MgcnVvxaFpbXVpLi4uKhsiFTEwNzI0Mjk1ODQ4MjQxOTcyNjI1NigAOAAwmOeEyuwyOJjnhMrsMloMbmtnbGlxbHhxNjRkcgIgAHgAiAECmgEGCAAQABgAqgFbEllza2lydGEgbmVmb3JtYWxhdXMgxaF2aWV0aW1vIHZhbGFuZG9zIGdhYmllbXMgbW9raW5pYW1zLCB2YWxhbmRvcyBvbGltcGlhZG9zIHJ1b8WhaW11aS4uLrABALgBARiY54TK7DIgmOeEyuwyMABCEGtpeC5qb3JsY21lcjlzMTQiiQIKC0FBQUJrdXlRMUU0EtcBCgtBQUFCa3V5UTFFNBILQUFBQmt1eVExRTQaJQoJdGV4dC9odG1sEhhQYXNpdGtyaW50aSB1Z2R5bW8gcGxhbmUiJgoKdGV4dC9wbGFpbhIYUGFzaXRrcmludGkgdWdkeW1vIHBsYW5lKhsiFTExNjQxOTkyNDkxMTcyODMzNjQ1OSgAOAAwi+7V8vUyOIvu1fL1MloMeHNmcTQweDBzanEycgIgAHgAiAECmgEGCAAQABgAqgEaEhhQYXNpdGtyaW50aSB1Z2R5bW8gcGxhbmWwAQC4AQEYi+7V8vUyIIvu1fL1MjAAQhBraXguOTNpN3Iyd2NsN2c5Iu4BCgtBQUFCamx2RjBJOBK8AQoLQUFBQmpsdkYwSTgSC0FBQUJqbHZGMEk4GhwKCXRleHQvaHRtbBIPZml6aW5pcyB1Z2R5bWFzIh0KCnRleHQvcGxhaW4SD2ZpemluaXMgdWdkeW1hcyobIhUxMDcyNDI5NTg0ODI0MTk3MjYyNTYoADgAMOvPiMrsMjjrz4jK7DJaDHl1a3N6NzJmcnJlZnICIAB4AIgBApoBBggAEAAYAKoBERIPZml6aW5pcyB1Z2R5bWFzsAEAuAEBGOvPiMrsMiDrz4jK7DIwAEIQa2l4LjhnbDJoaDdyZ2hzaSLgAgoLQUFBQm5wbnp5WkESrgIKC0FBQUJucG56eVpBEgtBQUFCbnBuenlaQRpCCgl0ZXh0L2h0bWwSNVJlaWtpYSBwZXLFvmnFq3LEl3RpIG51b3RvbGluaW8gbW9reW1vIHR2YXJrxIUgKEFpZGEpIkMKCnRleHQvcGxhaW4SNVJlaWtpYSBwZXLFvmnFq3LEl3RpIG51b3RvbGluaW8gbW9reW1vIHR2YXJrxIUgKEFpZGEpKhsiFTExNjQxOTkyNDkxMTcyODMzNjQ1OSgAOAAwxrrh9IczOMa64fSHM1oMdnpkdmxyZnZ3Zm9vcgIgAHgAiAECmgEGCAAQABgAqgE3EjVSZWlraWEgcGVyxb5pxatyxJd0aSBudW90b2xpbmlvIG1va3ltbyB0dmFya8SFIChBaWRhKbABALgBARjGuuH0hzMgxrrh9IczMABCEGtpeC5jMTMzazZ5MHVvZm4i7QMKC0FBQUJwbnVzYmlVErcDCgtBQUFCcG51c2JpVRILQUFBQnBudXNiaVUaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTEwNTY5NDI3NTEzODE3ODQ3NTU3NygAOAAwpLiW34wzOLG/lt+MM0qWAgokYXBwbGljYXRpb24vdm5kLmdvb2dsZS1hcHBzLmRvY3MubWRzGu0Bwtfa5AHmAQrjAQpvCmnErmd5dmVuZGluYW50IG51bWF0eXTEhSBnYW10b3MgbW9rc2zFsyB0dXJpbsSvIG1va3l0b2phcyBkZXJhbWFpIGTEl21lc2lvIHNraXJpYSBnYW10YW1va3NsaW5pYW1zIHR5cmltYW0QARgBEm4KaGd5dmVuZGluYW50IG51bWF0eXTEhSBnYW10b3MgbW9rc2zFsyB0dXJpbsSvIG1va3l0b2phcyBkZXJhbWFpIGTEl21lc2lvIHNraXJpYSBnYW10YW1va3NsaW5pYW1zIHR5cmltYW1zEAEYARgBWgxyaGdhOXVzd2h4cG9yAiAAeACCARRzdWdnZXN0LmsxOXYxbDhnYXI1aZoBBggAEAAYALABALgBABikuJbfjDMgsb+W34wzMABCFHN1Z2dlc3QuazE5djFsOGdhcjVpIsgCCgtBQUFCamx2RjBJNBKWAgoLQUFBQmpsdkYwSTQSC0FBQUJqbHZGMEk0GjoKCXRleHQvaHRtbBItamVpZ3UgZ3J1cMSXIGFyIG5ldHVyxJd0xbMgYsWrdGkgxK9zYWt5bWFzPz8/IjsKCnRleHQvcGxhaW4SLWplaWd1IGdydXDElyBhciBuZXR1csSXdMWzIGLFq3RpIMSvc2FreW1hcz8/PyobIhUxMDcyNDI5NTg0ODI0MTk3MjYyNTYoADgAMPzsh8rsMjj87IfK7DJaDGl4NWFrMWRtOWw4cnICIAB4AIgBApoBBggAEAAYAKoBLxItamVpZ3UgZ3J1cMSXIGFyIG5ldHVyxJd0xbMgYsWrdGkgxK9zYWt5bWFzPz8/sAEAuAEBGPzsh8rsMiD87IfK7DIwAEIQa2l4LnQ0Mm5oZGl0OWJxbiKbAgoLQUFBQmpsdkYwSVUS6QEKC0FBQUJqbHZGMElVEgtBQUFCamx2RjBJVRorCgl0ZXh0L2h0bWwSHnBhcGlsZHl0aSB0cmnFoWFsaXUgc3VzaXRpa2ltdSIsCgp0ZXh0L3BsYWluEh5wYXBpbGR5dGkgdHJpxaFhbGl1IHN1c2l0aWtpbXUqGyIVMTA3MjQyOTU4NDgyNDE5NzI2MjU2KAA4ADCa4/DJ7DI4muPwyewyWgxxYmg1b212djc3dnlyAiAAeACIAQKaAQYIABAAGACqASASHnBhcGlsZHl0aSB0cmnFoWFsaXUgc3VzaXRpa2ltdbABALgBARia4/DJ7DIgmuPwyewyMABCEGtpeC5rNzFjZDlmMXBqMGci/QEKC0FBQUJqbHZGMEpBEssBCgtBQUFCamx2RjBKQRILQUFBQmpsdkYwSkEaIQoJdGV4dC9odG1sEhRuZXNraXJpYW1pIHByYXRpbWFpLCIiCgp0ZXh0L3BsYWluEhRuZXNraXJpYW1pIHByYXRpbWFpLCobIhUxMDcyNDI5NTg0ODI0MTk3MjYyNTYoADgAMKCEjMrsMjighIzK7DJaDDZ4bXhyZ2xuOHF3anICIAB4AIgBApoBBggAEAAYAKoBFhIUbmVza2lyaWFtaSBwcmF0aW1haSywAQC4AQEYoISMyuwyIKCEjMrsMjAAQhBraXgucDZpNm9nYWJrcjFoIrYCCgtBQUFCaTRXZXBrRRKEAgoLQUFBQmk0V2Vwa0USC0FBQUJpNFdlcGtFGjQKCXRleHQvaHRtbBInUmVpa3MgcGF0aWtyaW50aSBhciB0aWtyYWkgdGFzIHB1bmt0YXMuIjUKCnRleHQvcGxhaW4SJ1JlaWtzIHBhdGlrcmludGkgYXIgdGlrcmFpIHRhcyBwdW5rdGFzLiobIhUxMDU2OTQyNzUxMzgxNzg0NzU1NzcoADgAMMW0+qzqMjjFtPqs6jJaDGh5bmo5ZjUxN3p5dXICIAB4AIgBApoBBggAEAAYAKoBKRInUmVpa3MgcGF0aWtyaW50aSBhciB0aWtyYWkgdGFzIHB1bmt0YXMusAEAuAEBGMW0+qzqMiDFtPqs6jIwAEIQa2l4LnZya3Q3Zjd4ZHk1YiL0AQoLQUFBQmt1eVExRkESwgEKC0FBQUJrdXlRMUZBEgtBQUFCa3V5UTFGQRoeCgl0ZXh0L2h0bWwSEVBhcGlsZHl0aSBpxaEgQlBVIh8KCnRleHQvcGxhaW4SEVBhcGlsZHl0aSBpxaEgQlBVKhsiFTExNjQxOTkyNDkxMTcyODMzNjQ1OSgAOAAw/Ovb8vUyOPzr2/L1MloMajBsczEweHkwbDl4cgIgAHgAiAECmgEGCAAQABgAqgETEhFQYXBpbGR5dGkgacWhIEJQVbABALgBARj869vy9TIg/Ovb8vUyMABCEGtpeC5jMHRmbTBkdm5uaWoiigIKC0FBQUJwNVRxcnlFEtYBCgtBQUFCcDVUcXJ5RRILQUFBQnA1VHFyeUUaDQoJdGV4dC9odG1sEgAiDgoKdGV4dC9wbGFpbhIAKhsiFTEwNTY5NDI3NTEzODE3ODQ3NTU3NygAOAAws7ey4YwzONm+suGMM0o8CiRhcHBsaWNhdGlvbi92bmQuZ29vZ2xlLWFwcHMuZG9jcy5tZHMaFMLX2uQBDhoMCggKAnBhEAEYABABWgxxaG5ocDNtMTd5d2lyAiAAeACCARRzdWdnZXN0LmlwN2gyODE3bjY4eZoBBggAEAAYABizt7LhjDMg2b6y4YwzQhRzdWdnZXN0LmlwN2gyODE3bjY4eSKuBAoLQUFBQmpsdkYwSWcS/AMKC0FBQUJqbHZGMElnEgtBQUFCamx2RjBJZxqGAQoJdGV4dC9odG1sEnlQb2thbGJpcyBzdXMga2wuIGF1a2zEl3RvamFpcywga2FpcCB2ZWlraWEgxaFpcyBwdW5rdGFzLCBrb2tzIHR1csSXdMWzIGLFq3RpIHN1c2l0YXJpbWFzIGTEl2zCoCBzdXNpdGFyaW3FsyBwcmllxb5pxatyb3MuIocBCgp0ZXh0L3BsYWluEnlQb2thbGJpcyBzdXMga2wuIGF1a2zEl3RvamFpcywga2FpcCB2ZWlraWEgxaFpcyBwdW5rdGFzLCBrb2tzIHR1csSXdMWzIGLFq3RpIHN1c2l0YXJpbWFzIGTEl2zCoCBzdXNpdGFyaW3FsyBwcmllxb5pxatyb3MuKhsiFTEwNzI0Mjk1ODQ4MjQxOTcyNjI1NigAOAAwraH5yewyOK2h+cnsMloMMWJhM3Y5aTlsbzl3cgIgAHgAiAECmgEGCAAQABgAqgF7EnlQb2thbGJpcyBzdXMga2wuIGF1a2zEl3RvamFpcywga2FpcCB2ZWlraWEgxaFpcyBwdW5rdGFzLCBrb2tzIHR1csSXdMWzIGLFq3RpIHN1c2l0YXJpbWFzIGTEl2zCoCBzdXNpdGFyaW3FsyBwcmllxb5pxatyb3MusAEAuAEBGK2h+cnsMiCtofnJ7DIwAEIQa2l4LjN3Njd5YTFrOWR4dzIOaC5pODN1eXd0MjhvM24yDmguaTBjb2ZjZTAxMmNiMg5oLnpkeGlxM3htcGhqZjIOaC5zbmgwNXU3ajMyMWkyDmguMmp4cG81Mjhib201Mg5oLnJmZDV6MGZyd3U0cjIOaC5mZXR4NTVoN2RmNHcyDmguOWVnZWpjamlhamt3Mg5oLmM4ODFibWFuMDg2NzIOaC53dHRrcnRicXE2NHEyDmguY3l3MXZsdGVhNjdvMg5oLmlnOXI0ejEydmRnYjIOaC4yb2wzMzBsd2x5MmQyDmguZnpxb2g2dnh6aGY4Mg5oLmJwMmtuaWU0cDdzNTIOaC5pa2xrMnIydGZzZmgyDmguOHlwYXhvdGQ1cnpzMg5oLmdneGIxbWt4MGs4NzIOaC40NnVwaDUyamViZm4yDmguYng0eTc4Zzc1c3EwMg5oLm1naWZlNnByNHVkazIOaC5pYWFkczUyMDJxNmoyDmguYWlraHR0M2M5bnUwMg5oLndiMWdyYm1rbGU2ZTIOaC5udXIzZGR3c2lobjQ4AGoqChRzdWdnZXN0Lm4yM3M0MDdvOGQzNRISVnl0YXV0YXMgU3RhbmlvbmlzaioKFHN1Z2dlc3QuazE5djFsOGdhcjVpEhJWeXRhdXRhcyBTdGFuaW9uaXNqKgoUc3VnZ2VzdC5meTlqcTJlemVyM2USElZ5dGF1dGFzIFN0YW5pb25pc2oqChRzdWdnZXN0LnZ5eWhuM2g5emxiNxISVnl0YXV0YXMgU3RhbmlvbmlzaioKFHN1Z2dlc3QucGNyNGhsbnc5YmM4EhJWeXRhdXRhcyBTdGFuaW9uaXNqKgoUc3VnZ2VzdC5ydG15cWkxZzB3OTkSElZ5dGF1dGFzIFN0YW5pb25pc2oqChRzdWdnZXN0Lm56ajRvcXd4amN6cxISVnl0YXV0YXMgU3RhbmlvbmlzaioKFHN1Z2dlc3QuY3AzaTNhZmRldTRzEhJWeXRhdXRhcyBTdGFuaW9uaXNqKgoUc3VnZ2VzdC5pcDdoMjgxN242OHkSElZ5dGF1dGFzIFN0YW5pb25pc3IhMVJ6NGJmYXRBMVRIamFNSzRqVDZLN3NpWnUyUlNfUUhi</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{142EA930-6F09-4C13-BC13-9FB89167C58A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>38</Pages>
-  <Words>61182</Words>
-  <Characters>34875</Characters>
+  <Words>59274</Words>
+  <Characters>33787</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>290</Lines>
-  <Paragraphs>191</Paragraphs>
+  <Lines>281</Lines>
+  <Paragraphs>185</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>95866</CharactersWithSpaces>
+  <CharactersWithSpaces>92876</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jurgita</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>