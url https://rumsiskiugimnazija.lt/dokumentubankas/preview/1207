--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -1,4213 +1,7078 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="197182E1" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00B546DD" w:rsidRDefault="00B546DD" w:rsidP="00B546DD">
+    <w:p w14:paraId="197182E1" w14:textId="77777777" w:rsidR="00490401" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:ind w:left="11754" w:firstLine="720"/>
+        <w:ind w:left="12474"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B546DD">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B6A7EA" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00B546DD" w:rsidRDefault="00B546DD">
+    <w:p w14:paraId="32B6A7EA" w14:textId="77777777" w:rsidR="00490401" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="12474"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B546DD">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve">Kaišiadorių r. Rumšiškių Antano </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24547C00" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00B546DD" w:rsidRDefault="00B546DD">
+    <w:p w14:paraId="24547C00" w14:textId="77777777" w:rsidR="00490401" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="12474"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B546DD">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Baranausko gimnazijos direktoriaus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A62849" w14:textId="773EAC61" w:rsidR="00B546DD" w:rsidRDefault="00B546DD">
-[...28 lines deleted...]
-    <w:p w14:paraId="5825C41F" w14:textId="41D3E6C0" w:rsidR="00490401" w:rsidRPr="00B546DD" w:rsidRDefault="00B546DD">
+    <w:p w14:paraId="5825C41F" w14:textId="057882D1" w:rsidR="00490401" w:rsidRPr="0020762A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="12474"/>
         <w:rPr>
-          <w:highlight w:val="yellow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B546DD">
-        <w:t xml:space="preserve">įsakymu Nr. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="009B544F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
-        <w:t>V-</w:t>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="003C5B14">
-        <w:t>4</w:t>
+      <w:r w:rsidR="002847C7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>spalio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B544F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94D4F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įsakymu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020762A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="002847C7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>79</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE1B4F9" w14:textId="77777777" w:rsidR="00490401" w:rsidRDefault="00490401">
       <w:pPr>
         <w:ind w:left="12474"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CE89AE2" w14:textId="5F9B9454" w:rsidR="00490401" w:rsidRDefault="00B546DD">
+    <w:p w14:paraId="493EF617" w14:textId="77777777" w:rsidR="008B3097" w:rsidRDefault="008B3097">
+      <w:pPr>
+        <w:ind w:left="12474"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CE89AE2" w14:textId="0CCAD233" w:rsidR="00490401" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>KAIŠIADORIŲ R. RUMŠIŠKIŲ ANTANO BARANAUSKO GIMNAZIJOS 2024-2025 MOKSLO METŲ I</w:t>
+        <w:t>KAIŠIADORIŲ R. RUMŠIŠKIŲ ANTANO BARANAUSKO GIMNAZIJOS 202</w:t>
       </w:r>
-      <w:r w:rsidR="00CF5FDE">
+      <w:r w:rsidR="009B544F">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>I</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> PUSMEČIO</w:t>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="009B544F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MOKSLO METŲ I PUSMEČIO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628AB58D" w14:textId="77777777" w:rsidR="00490401" w:rsidRDefault="00B546DD">
+    <w:p w14:paraId="628AB58D" w14:textId="77777777" w:rsidR="00490401" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>NEFORMALIOJO VAIKŲ ŠVIETIMO TVARKARAŠTIS</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="60E82DC5" w14:textId="77777777" w:rsidR="008B3097" w:rsidRDefault="008B3097">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
-        <w:tblW w:w="15294" w:type="dxa"/>
+        <w:tblW w:w="15201" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="900"/>
-        <w:gridCol w:w="3714"/>
+        <w:gridCol w:w="4188"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="1892"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1531"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1325"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00172396" w:rsidRPr="00B546DD" w14:paraId="6866CBED" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00172396" w:rsidRPr="00172396" w14:paraId="6866CBED" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E63E02C" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...22 lines deleted...]
-            <w:tcW w:w="3714" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eil.Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="589C0526" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Neformaliojo vaikų švietimo programa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="747E64BC" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Klasė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FEB69A6" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Programos vadovas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1325" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7540C7C3" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="513C8876" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4C0431" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71497FCC" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB8B790" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172396" w:rsidRPr="00B546DD" w14:paraId="536A7A26" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00172396" w:rsidRPr="00172396" w14:paraId="536A7A26" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
-          <w:trHeight w:val="365"/>
+          <w:trHeight w:val="449"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAA4147" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000" w:rsidP="00153003">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3714" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00971624" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000" w:rsidP="00153003">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Jaunučių choras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F391249" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000" w:rsidP="00153003">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7F3EA2" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000" w:rsidP="00153003">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>R. Gvildienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...60 lines deleted...]
-          <w:p w14:paraId="080F70E3" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00B546DD" w:rsidRDefault="00490401"/>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B929010" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2127D3" w14:textId="61566F91" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29018AC4" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B355520" w14:textId="7494A92C" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="007208F5" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-15.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="080F70E3" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172396" w:rsidRPr="00B546DD" w14:paraId="15D63925" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00172396" w:rsidRPr="00172396" w14:paraId="15D63925" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DCDACC" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3714" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C29987" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Gitaros/ukulėlių studija </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3188AC95" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>1-8, I-IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6351901E" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000" w:rsidP="00F36E7B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>R. Gvildienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...75 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B12AD62" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAE3F7E" w14:textId="77777777" w:rsidR="007208F5" w:rsidRPr="007208F5" w:rsidRDefault="007208F5" w:rsidP="007208F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16.15-17.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="591F377D" w14:textId="4DC6710E" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="007208F5" w:rsidP="007208F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17.15-18.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA09BDE" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="358844E1" w14:textId="08ADF5D4" w:rsidR="00490401" w:rsidRPr="007208F5" w:rsidRDefault="00000000" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+            <w:r w:rsidR="007208F5" w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-17.</w:t>
+            </w:r>
+            <w:r w:rsidR="007208F5" w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47C72C2D" w14:textId="533D1597" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00000000" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17.</w:t>
+            </w:r>
+            <w:r w:rsidR="007208F5" w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-18.</w:t>
+            </w:r>
+            <w:r w:rsidR="007208F5" w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF69C48" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172396" w:rsidRPr="00B546DD" w14:paraId="4EC8DCB5" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00172396" w:rsidRPr="00172396" w14:paraId="4EC8DCB5" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="490"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="565B02C0" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3714" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C85766F" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Dainavimo studija </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="271D75BD" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>1-8, I-IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="303A9F6A" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000" w:rsidP="00F36E7B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>R. Gvildienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...61 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5402717C" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC882ED" w14:textId="38BF17F4" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00000000" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+            <w:r w:rsidR="007208F5" w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-16.</w:t>
+            </w:r>
+            <w:r w:rsidR="007208F5" w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3353B8FB" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DEC4AD4" w14:textId="2F8E1430" w:rsidR="00490401" w:rsidRPr="009B544F" w:rsidRDefault="00000000" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+            <w:r w:rsidR="007208F5" w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-16.</w:t>
+            </w:r>
+            <w:r w:rsidR="007208F5" w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFF7218" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="007208F5" w:rsidRDefault="00000000" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>15.15-18.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172396" w:rsidRPr="00B546DD" w14:paraId="52B03080" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00172396" w:rsidRPr="00172396" w14:paraId="52B03080" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC7EB5E" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3714" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Teatro studija „Obuolys“ 1–6 kl. </w:t>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="329D1FEF" w14:textId="79D8C6F3" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teatro studija „Obuolys“ 1–</w:t>
+            </w:r>
+            <w:r w:rsidR="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kl. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DEE2CC" w14:textId="6D7C0A04" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r w:rsidR="009B544F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AF972F" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000" w:rsidP="00F36E7B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>I. Balkuvienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1847AF35" w14:textId="51B301A0" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11194286" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1119BFFC" w14:textId="59555AEC" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E6EDF5" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D438773" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00172396" w:rsidRPr="00B546DD" w14:paraId="109C7F82" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00172396" w:rsidRPr="00172396" w14:paraId="109C7F82" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4183BA" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3714" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:t>Teatro studija „Obuolys“ 7-12 kl.</w:t>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08675FA0" w14:textId="3F085143" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teatro studija „Obuolys“ </w:t>
+            </w:r>
+            <w:r w:rsidR="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-12 kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CC2391" w14:textId="676350F6" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-8, I-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="327D2C1F" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00000000" w:rsidP="00F36E7B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>I. Balkuvienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07126ED1" w14:textId="5DB2DC09" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="693206D3" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3CCC5E" w14:textId="4EC58E67" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A79101C" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="316BD378" w14:textId="77777777" w:rsidR="00490401" w:rsidRPr="00172396" w:rsidRDefault="00490401" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w14:paraId="06613B0C" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00A62930" w:rsidRPr="00172396" w14:paraId="5F932C9E" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="50388D37" w14:textId="051769F7" w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w:rsidRDefault="00AC1DCB" w:rsidP="00AC1DCB">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="058A1C36" w14:textId="65AB95CC" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3714" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E68E8EF" w14:textId="17B61150" w:rsidR="00A62930" w:rsidRPr="00A62930" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62930">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Jaunųjų lėlininkų studija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...85 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BCDDD5" w14:textId="00F88D83" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D971962" w14:textId="6034F1BC" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I. Balkuvienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B598BF" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B1B08C" w14:textId="7E0AFB01" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CEF0E8" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFCCC7A" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="363D0FC8" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w14:paraId="3910F29E" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00A62930" w:rsidRPr="00172396" w14:paraId="2CA05A1B" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2B0DD2" w14:textId="4DFA8986" w:rsidR="00A62930" w:rsidRPr="00A62930" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62930">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3714" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BDFBD9" w14:textId="3655F28E" w:rsidR="00A62930" w:rsidRPr="00A62930" w:rsidRDefault="000E3538" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tautiniai</w:t>
+            </w:r>
+            <w:r w:rsidR="00A62930" w:rsidRPr="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> šokiai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70735D0A" w14:textId="08FEF432" w:rsidR="00A62930" w:rsidRPr="00A62930" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C54518" w14:textId="58A77E87" w:rsidR="00A62930" w:rsidRPr="00A62930" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62930">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>L. Kazlauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF868E1" w14:textId="14AF755B" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADC84A9" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00A62930" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DA2A3B" w14:textId="2A35DF54" w:rsidR="00A62930" w:rsidRPr="00A62930" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3492BCF3" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6793DC" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A62930" w:rsidRPr="00172396" w14:paraId="3910F29E" w14:textId="77777777" w:rsidTr="008B3097">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED45AB1" w14:textId="1F7AC67A" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A8288C" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Dailės būrelis “Meno vartai“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35283A15" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63490C72" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>R. Čepulienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="046F62EF" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4033256B" w14:textId="6F8F061D" w:rsidR="00A62930" w:rsidRPr="00EF4E8F" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4E8F" w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4E8F" w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4E8F" w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4E8F" w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="052F555D" w14:textId="7037877D" w:rsidR="00A62930" w:rsidRPr="00A62930" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4E8F" w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4E8F" w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4E8F" w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4E8F" w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EA7BF3" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A1BE5E" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w14:paraId="6348B154" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00A62930" w:rsidRPr="00172396" w14:paraId="6348B154" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A386266" w14:textId="441D0645" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4023DC70" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Dailės studija 5-7 kl. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACC986B" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>5-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560011A5" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L. Gutauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB1B970" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="007208F5" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C23D700" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="007208F5" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FC089F" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="007208F5" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>15.15-17.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1531" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E38BA4" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3470B7D2" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w14:paraId="21116AF8" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00A62930" w:rsidRPr="00172396" w14:paraId="21116AF8" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C7D823" w14:textId="288657A4" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBBBF88" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Dailės studija 8–IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CAFB853" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>8-IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3EFBA1" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L. Gutauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37482129" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="007208F5" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>15.15-17.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1531" w:type="dxa"/>
-[...41 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="652CFB48" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="007208F5" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B0EDC0" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="007208F5" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639D8423" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE3250F" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w14:paraId="04C4A6B8" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00A62930" w:rsidRPr="00172396" w14:paraId="04C4A6B8" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3441809D" w14:textId="5C3870AC" w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w:rsidRDefault="00AC1DCB" w:rsidP="00AC1DCB">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3441809D" w14:textId="44DCE87F" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEFDCAD" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Mikrobitai/Robotika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF1CA4A" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>5-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39EA52DF" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>I.Kupčiūnienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...56 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D7A149E" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F75E8E8" w14:textId="49A23C41" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="697501B1" w14:textId="6E4234D2" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00912CC8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912CC8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-16.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CED56B" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DE35D9" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w14:paraId="6E272570" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00A62930" w:rsidRPr="00172396" w14:paraId="6E272570" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="073C8F01" w14:textId="7C475C9C" w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w:rsidRDefault="00AC1DCB" w:rsidP="00AC1DCB">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="073C8F01" w14:textId="69D039A2" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3946C8A5" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Informatikos akademija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8C2D04" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>I-IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA7F2CD" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00A62930">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>I.Kupčiūnienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...56 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="751AA884" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABFCE82" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62231F" w14:textId="561B8846" w:rsidR="00A62930" w:rsidRPr="00A62930" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEA4A8F" w14:textId="18C4EF42" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16.05-17.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3B11D0" w14:textId="77777777" w:rsidR="00A62930" w:rsidRPr="00172396" w:rsidRDefault="00A62930" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w14:paraId="393E1E08" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="54C02D3C" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD1757B" w14:textId="7DD4FD5E" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Programavimo pradžiamokslis “Slaptasis kodas” </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0094EDDE" w14:textId="07912D94" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00912CC8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bit&amp;Byte STEAM“ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>būrelis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...91 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C760CA0" w14:textId="45C3F9D4" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="000E3538" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CF5210" w14:textId="58F81031" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I.Kupčiūnienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378BD919" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B147126" w14:textId="6B9C6743" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.25-15.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4562D9" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42EDE078" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC939EE" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w14:paraId="7639F115" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="393E1E08" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED42176" w14:textId="6F08FDC6" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...17 lines deleted...]
-              <w:t>Virtualaus pasaulio programavimas</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B149BBC" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Programavimo pradžiamokslis “Slaptasis kodas” </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A75C7B" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F93A4B6" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>D.Vaičiulionienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0652C6FF" w14:textId="77777777" w:rsidR="00EF4E8F" w:rsidRPr="00EF4E8F" w:rsidRDefault="00EF4E8F" w:rsidP="00EF4E8F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>13.30-14.30</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DBC1F95" w14:textId="77777777" w:rsidR="00AC1DCB" w:rsidRPr="00B546DD" w:rsidRDefault="00AC1DCB" w:rsidP="00AC1DCB">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+          <w:p w14:paraId="0E22C5A5" w14:textId="30A8DBEF" w:rsidR="00912CC8" w:rsidRPr="00EF4E8F" w:rsidRDefault="00EF4E8F" w:rsidP="00EF4E8F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>14.30-15.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1531" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A7374E" w14:textId="162436B0" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01018122" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C3A801" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A11001D" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="6725D229" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="7639F115" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="26300952" w14:textId="0FD04D6B" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F12F1A0" w14:textId="46FC943C" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t>Renginių įgarsinimo ir apšvietimo pagrindai</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CC3D00" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Virtualaus pasaulio programavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...86 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4CF37B" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15257E4B" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D.Vaičiulionienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6AB718" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFF083B" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34EBAA95" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFBE63A" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="007208F5" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.30-14.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DBC1F95" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="007208F5" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007208F5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.30-15.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="051448CF" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="460CF5D8" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="2A1463F0" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21ED60F6" w14:textId="62CF8CA6" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AAD8A2C" w14:textId="73B3ACA4" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Renginių įgarsinimo ir apšvietimo pagrindai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9A746D" w14:textId="4EF30956" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8, I-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66716D82" w14:textId="5CBA0886" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62930">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>J. Bakanas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2883145B" w14:textId="1FC806B9" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00EF4E8F" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.30-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B0B1C3" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A06359" w14:textId="76188597" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00EF4E8F" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF4E8F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.30-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0410418D" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EAF6721" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="288D6BAF" w14:textId="77777777" w:rsidTr="008B3097">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D299756" w14:textId="4F53A7C0" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9F887F" w14:textId="29B125D4" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Futbolas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16444A34" w14:textId="7548B08A" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54DF6D1A" w14:textId="3E6B8638" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E.Žagaras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6971D6" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A40EE17" w14:textId="1D21CE1D" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07FACFE9" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C06D22B" w14:textId="5A42AA01" w:rsidR="00912CC8" w:rsidRPr="00B115FB" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B115FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.20-15.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB9A21F" w14:textId="3359195C" w:rsidR="00912CC8" w:rsidRPr="00B115FB" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B115FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.15-15.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="46F3C6AF" w14:textId="77777777" w:rsidTr="008B3097">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5468EC1E" w14:textId="57575CB8" w:rsidR="00912CC8" w:rsidRPr="002847C7" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5837290B" w14:textId="2DC07E5A" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Salės tinklinis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="572E6549" w14:textId="4CBC06F4" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F076A4" w14:textId="6463AAAF" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E.Žagaras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0904323F" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01084500" w14:textId="63408EB8" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-16.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="354BC7A0" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37360890" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EF34D93" w14:textId="28AEA8D4" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-16.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="460CF5D8" w14:textId="77777777" w:rsidTr="008B3097">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E2A233" w14:textId="69C0799E" w:rsidR="00912CC8" w:rsidRPr="002847C7" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="3714" w:type="dxa"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7543D6" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Krepšinio pradmenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B84341" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>5-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF8FEA3" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>V. Čižauskas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="674D8DF3" w14:textId="7A5354A2" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="674D8DF3" w14:textId="26F52BE5" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="254BA235" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D777ED" w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-17.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D777ED" w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="254BA235" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="619A998D" w14:textId="5E8A401A" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="619A998D" w14:textId="413EA5D4" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00D777ED" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0301AF50" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000E3538">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.20-1</w:t>
+            </w:r>
+            <w:r w:rsidR="000E3538">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0301AF50" w14:textId="5BBDAEBF" w:rsidR="00912CC8" w:rsidRPr="00D777ED" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="72AF318D" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D777ED" w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0-16.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D777ED" w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72AF318D" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00D777ED" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="158E6479" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="158E6479" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7A40478A" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A40478A" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="002847C7" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-            </w:pPr>
-[...4 lines deleted...]
-            <w:tcW w:w="3714" w:type="dxa"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F0584CD" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0584CD" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C47620" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>2-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F498AB" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>V. Čižauskas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6A91B94D" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A91B94D" w14:textId="0BCEAF7E" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00D238AC" w:rsidP="00D238AC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="737EAF5D" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D238AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.20-16.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="737EAF5D" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5E1A6E4E" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1A6E4E" w14:textId="060A512F" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00D238AC" w:rsidP="00D238AC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="3706995A" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D238AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.20-15.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3706995A" w14:textId="54D91AB1" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="1335E492" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1335E492" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="0A3F26F2" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="0A3F26F2" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B1289D" w14:textId="18068C46" w:rsidR="00912CC8" w:rsidRPr="002847C7" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="316FBA6B" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Krepšinis. Mokyklos rinktinė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="264F7B3B" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>8-IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1892" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52375089" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00172396">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>V. Čižauskas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2F198A43" w14:textId="505AD9B5" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F198A43" w14:textId="1429F363" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="01D9F4CD" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00D777ED" w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-19</w:t>
+            </w:r>
+            <w:r w:rsidR="00D777ED" w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D9F4CD" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="21910263" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21910263" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5315665C" w14:textId="0B65E18B" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5315665C" w14:textId="5A7B48E7" w:rsidR="00912CC8" w:rsidRPr="00A62930" w:rsidRDefault="00D777ED" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="7704B275" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000E3538">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.20-1</w:t>
+            </w:r>
+            <w:r w:rsidR="000E3538">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D777ED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7704B275" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="4962E910" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="4962E910" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C5CFE1" w14:textId="3AB1E65A" w:rsidR="00912CC8" w:rsidRPr="002847C7" w:rsidRDefault="0020762A" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t>Salės tinklinis</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C4CCE5" w14:textId="20B4359F" w:rsidR="00912CC8" w:rsidRPr="00153003" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153003">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DofE RABG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="55AB78FF" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F54516" w14:textId="3C79CB89" w:rsidR="00912CC8" w:rsidRPr="00153003" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153003">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8, I-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6812F2" w14:textId="27821825" w:rsidR="00912CC8" w:rsidRPr="00153003" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153003">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>L. Mažylė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55AB78FF" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2E4DB97C" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4DB97C" w14:textId="6365189E" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="76D1A4A2" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D1A4A2" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="63A5CBD7" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A5CBD7" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00D238AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:t>15.20-16.50</w:t>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A89F402" w14:textId="13806EFB" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="007208F5" w:rsidP="00D238AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.15-17.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="138FAB08" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="5D30AF75" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="011A0AA1" w14:textId="649B9A4D" w:rsidR="00912CC8" w:rsidRPr="002847C7" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t>Futbolas</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0020762A" w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1667E0" w14:textId="51A9369A" w:rsidR="00912CC8" w:rsidRPr="00153003" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153003">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RABG žygeivių klubas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="74B65850" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="799BEEB7" w14:textId="63A09D9E" w:rsidR="00912CC8" w:rsidRPr="00153003" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153003">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7-III kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E21CED3" w14:textId="23CB90EA" w:rsidR="00912CC8" w:rsidRPr="00153003" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153003">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ž. Stankevičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="220867AB" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="1266DF04" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="377DDE11" w14:textId="538324AB" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="0F8649F0" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00633ABF">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.10-16.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BD0EEF" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="2DCF397B" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F2E214" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D811D3" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="00172396" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="0CAE14CA" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="00912CC8" w:rsidRPr="00172396" w14:paraId="75C9B21B" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2413D1B5" w14:textId="571C1849" w:rsidR="00912CC8" w:rsidRPr="002847C7" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...13 lines deleted...]
-              <w:t>Futbolas</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0020762A" w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2760CB65" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020762A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gamtos mokslų akademija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="782E4306" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4767B5D6" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020762A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7-8, I-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B7ABE7" w14:textId="0A05176C" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020762A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S.</w:t>
+            </w:r>
+            <w:r w:rsidR="007319E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Banevičienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="514AC2F7" w14:textId="14C2AC06" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020762A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>R. Janavičienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C2655EC" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020762A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N. Šmitienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BB108F" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="21CE4853" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1476FEEA" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="01B95779" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020762A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.10-16.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="341E1CFE" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="3E5D5CBA" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="024B08C8" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139C7F3B" w14:textId="77777777" w:rsidR="00912CC8" w:rsidRPr="0020762A" w:rsidRDefault="00912CC8" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="03B23C2C" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="003D3386" w:rsidRPr="00172396" w14:paraId="4B8B3DF5" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
-          <w:trHeight w:val="375"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D6038BE" w14:textId="0E80386A" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40627F29" w14:textId="756096DB" w:rsidR="003D3386" w:rsidRPr="002847C7" w:rsidRDefault="003D3386" w:rsidP="00912CC8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB50CD2" w14:textId="084F9C4B" w:rsidR="003D3386" w:rsidRPr="0020762A" w:rsidRDefault="003D3386" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Jėgos sportas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:tcBorders>
-[...42 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B9A30A" w14:textId="659D4A77" w:rsidR="003D3386" w:rsidRPr="0020762A" w:rsidRDefault="003D3386" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I-IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB08CCC" w14:textId="69EACF1D" w:rsidR="003D3386" w:rsidRPr="003D3386" w:rsidRDefault="003D3386" w:rsidP="003D3386">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>A.Motiečius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="17B57CD3" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="791669F6" w14:textId="77777777" w:rsidR="003D3386" w:rsidRPr="0020762A" w:rsidRDefault="003D3386" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2882713D" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEC0C4F" w14:textId="6EE6FB33" w:rsidR="003D3386" w:rsidRPr="0020762A" w:rsidRDefault="003D3386" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...121 lines deleted...]
-          <w:p w14:paraId="5D7F1A44" w14:textId="5455C269" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.30-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A11BF9" w14:textId="77777777" w:rsidR="003D3386" w:rsidRPr="0020762A" w:rsidRDefault="003D3386" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="701F8216" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14BB013E" w14:textId="440CDB3A" w:rsidR="003D3386" w:rsidRPr="0020762A" w:rsidRDefault="003D3386" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="52BC72A9" w14:textId="474BA443" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D3386">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.30-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="652B5C92" w14:textId="77777777" w:rsidR="003D3386" w:rsidRPr="0020762A" w:rsidRDefault="003D3386" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002847C7" w:rsidRPr="00172396" w14:paraId="51C8CD4D" w14:textId="77777777" w:rsidTr="008B3097">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="663B5936" w14:textId="1581A41C" w:rsidR="002847C7" w:rsidRPr="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DDA6C86" w14:textId="227B4292" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grindų riedulys</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F82067B" w14:textId="253B8AAA" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3F6033" w14:textId="43F9D43E" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="003D3386">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>G. Gofmanienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5A2AE4" w14:textId="74EB9F44" w:rsidR="002847C7" w:rsidRPr="0020762A" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
-            </w:pPr>
-[...4 lines deleted...]
-          <w:p w14:paraId="03CE689A" w14:textId="115B9C18" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.20-15.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2C46AA" w14:textId="77777777" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
-            </w:pPr>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9FDFCB" w14:textId="3F07D92F" w:rsidR="002847C7" w:rsidRPr="0020762A" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="184"/>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.20-15.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73594822" w14:textId="77777777" w:rsidR="002847C7" w:rsidRPr="003D3386" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="184"/>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="433134F1" w14:textId="77777777" w:rsidR="002847C7" w:rsidRPr="0020762A" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="1826D05A" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="002847C7" w:rsidRPr="00172396" w14:paraId="54EEB902" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2901ACC4" w14:textId="0EA788DD" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F78F551" w14:textId="6907913F" w:rsidR="002847C7" w:rsidRPr="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t>Mokinių klubas „Savas“</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E67DEF1" w14:textId="7DB7203A" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Etnokultūros būrelis ,,Aš pasėjau pupą“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="3232C7CE" w14:textId="6578EB17" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E0BE6E" w14:textId="4B8B0837" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F67DF7" w14:textId="63BC7399" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="003D3386">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>L. Juškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD88E53" w14:textId="77777777" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="6127EB2C" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.30-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00403723">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C4B5E3F" w14:textId="1CDEF612" w:rsidR="00403723" w:rsidRPr="0020762A" w:rsidRDefault="00403723" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="5375DFCF" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.00-12.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="226B77D9" w14:textId="77777777" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="6C17E675" w14:textId="7E8DD619" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE1751C" w14:textId="77777777" w:rsidR="002847C7" w:rsidRPr="0020762A" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57566C44" w14:textId="77777777" w:rsidR="002847C7" w:rsidRPr="003D3386" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="184"/>
+                <w:tab w:val="left" w:pos="234"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29845647" w14:textId="77777777" w:rsidR="002847C7" w:rsidRPr="0020762A" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00225339" w:rsidRPr="00B546DD" w14:paraId="75C9B21B" w14:textId="77777777" w:rsidTr="00B546DD">
+      <w:tr w:rsidR="002847C7" w:rsidRPr="00172396" w14:paraId="28D3DB12" w14:textId="77777777" w:rsidTr="008B3097">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B546DD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="653C6C0C" w14:textId="02A4EDE9" w:rsidR="002847C7" w:rsidRPr="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t>Gamtos mokslų akademija</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4188" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A09FEE5" w14:textId="108004CE" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dailės studija ,,Spalvoti debesėliai“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...39 lines deleted...]
-          <w:p w14:paraId="25BB108F" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C847EAB" w14:textId="015F20CF" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FC3A0B" w14:textId="1973936F" w:rsidR="002847C7" w:rsidRDefault="002847C7" w:rsidP="003D3386">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002847C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>L. Drižiūtė Malinauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="144B7C42" w14:textId="6A42B9CE" w:rsidR="002847C7" w:rsidRPr="0020762A" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="1476FEEA" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="270B85DE" w14:textId="0E366367" w:rsidR="00403723" w:rsidRPr="00403723" w:rsidRDefault="00403723" w:rsidP="00403723">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="341E1CFE" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00403723">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.30-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00403723">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EEAB5A9" w14:textId="4655DDCF" w:rsidR="002847C7" w:rsidRDefault="00403723" w:rsidP="00403723">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="024B08C8" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403723">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00403723">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00403723">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D47EB62" w14:textId="77777777" w:rsidR="002847C7" w:rsidRPr="0020762A" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...83 lines deleted...]
-          <w:p w14:paraId="2EB44B08" w14:textId="77777777" w:rsidR="00225339" w:rsidRPr="00B546DD" w:rsidRDefault="00225339" w:rsidP="00225339">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B1E0A62" w14:textId="77777777" w:rsidR="002847C7" w:rsidRPr="003D3386" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="184"/>
                 <w:tab w:val="left" w:pos="234"/>
               </w:tabs>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...212 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A812E23" w14:textId="77777777" w:rsidR="002847C7" w:rsidRPr="0020762A" w:rsidRDefault="002847C7" w:rsidP="00912CC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="702B9056" w14:textId="77777777" w:rsidR="00490401" w:rsidRDefault="00490401">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00490401">
+    <w:sectPr w:rsidR="00490401" w:rsidSect="008B3097">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="567" w:right="539" w:bottom="284" w:left="357" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="539" w:bottom="284" w:left="357" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CE55D01"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="26CE1564"/>
+    <w:lvl w:ilvl="0" w:tplc="04270015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="494296190">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00490401"/>
-    <w:rsid w:val="00023EA5"/>
+    <w:rsid w:val="000E3538"/>
+    <w:rsid w:val="00153003"/>
+    <w:rsid w:val="00167FD8"/>
     <w:rsid w:val="00172396"/>
+    <w:rsid w:val="0020762A"/>
     <w:rsid w:val="002078B0"/>
-    <w:rsid w:val="00225339"/>
-    <w:rsid w:val="00240AA4"/>
+    <w:rsid w:val="002670B9"/>
+    <w:rsid w:val="002847C7"/>
     <w:rsid w:val="002A765A"/>
-    <w:rsid w:val="00356AB7"/>
-    <w:rsid w:val="003C5B14"/>
+    <w:rsid w:val="002E7F0C"/>
+    <w:rsid w:val="003D3386"/>
+    <w:rsid w:val="003D3B1F"/>
+    <w:rsid w:val="00403723"/>
     <w:rsid w:val="00490401"/>
-    <w:rsid w:val="005C7586"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00912A82"/>
+    <w:rsid w:val="00633ABF"/>
+    <w:rsid w:val="007208F5"/>
+    <w:rsid w:val="007319E1"/>
+    <w:rsid w:val="00804989"/>
+    <w:rsid w:val="008B3097"/>
+    <w:rsid w:val="00912CC8"/>
     <w:rsid w:val="00942F9F"/>
-    <w:rsid w:val="00AC1DCB"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DE7E10"/>
+    <w:rsid w:val="009B544F"/>
+    <w:rsid w:val="00A62930"/>
+    <w:rsid w:val="00A94742"/>
+    <w:rsid w:val="00AD2142"/>
+    <w:rsid w:val="00B115FB"/>
+    <w:rsid w:val="00B94D4F"/>
+    <w:rsid w:val="00CC000C"/>
+    <w:rsid w:val="00D238AC"/>
+    <w:rsid w:val="00D777ED"/>
+    <w:rsid w:val="00E3315C"/>
     <w:rsid w:val="00E86555"/>
     <w:rsid w:val="00EE605A"/>
+    <w:rsid w:val="00EF28D8"/>
+    <w:rsid w:val="00EF4E8F"/>
     <w:rsid w:val="00F36E7B"/>
+    <w:rsid w:val="00FC6D5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="04369FDA"/>
   <w15:docId w15:val="{A838DAF8-E9C7-4537-A413-FBCBA84611B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4560,249 +7425,260 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:next w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:next w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:next w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:next w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:next w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:next w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:next w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paantrat">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:next w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
-    <w:basedOn w:val="prastojilentel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D3386"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5090,85 +7966,85 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7337E613-7D47-4564-A576-EF6E68E39346}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{619AD733-CB0D-4F7F-BF75-0425628CDA17}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1401</Words>
-  <Characters>800</Characters>
+  <Words>355</Words>
+  <Characters>2025</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2197</CharactersWithSpaces>
+  <CharactersWithSpaces>2376</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jurgita</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>