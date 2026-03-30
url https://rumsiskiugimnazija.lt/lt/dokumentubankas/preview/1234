--- v0 (2025-10-09)
+++ v1 (2026-03-30)
@@ -1,10929 +1,10306 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="03CCB962" w14:textId="77777777" w:rsidR="00F109B0" w:rsidRDefault="00F109B0" w:rsidP="00F109B0">
-[...41 lines deleted...]
-    <w:p w14:paraId="56E83FCA" w14:textId="77777777" w:rsidR="00F109B0" w:rsidRDefault="00F109B0" w:rsidP="00F109B0">
+    <w:p w14:paraId="73B0FAC6" w14:textId="77777777" w:rsidR="00E56214" w:rsidRDefault="00E56214">
       <w:pPr>
         <w:ind w:left="5103" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33DF2B7B" w14:textId="7677F124" w:rsidR="00F109B0" w:rsidRDefault="00F109B0" w:rsidP="00F109B0">
+    <w:p w14:paraId="67917C8E" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+      <w:pPr>
+        <w:ind w:left="5103" w:right="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005840DE">
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536452E3" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+      <w:pPr>
+        <w:ind w:left="5103" w:right="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005840DE">
+        <w:t>Kaišiadorių r. Rumšiškių Antano Baranausko gimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACCBF9B" w14:textId="68664EA0" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+      <w:pPr>
+        <w:ind w:left="5103" w:right="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005840DE">
+        <w:t xml:space="preserve">Direktoriaus 2025 m. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A168F" w:rsidRPr="005840DE">
+        <w:t>sausio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005840DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A168F" w:rsidRPr="005840DE">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005840DE">
+        <w:t xml:space="preserve"> d. įsakymu Nr. V-47</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4EA567" w14:textId="77777777" w:rsidR="002D75F3" w:rsidRPr="005840DE" w:rsidRDefault="002D75F3" w:rsidP="005840DE">
+      <w:pPr>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11A8E430" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
       <w:pPr>
         <w:ind w:right="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="005840DE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025-2026 M.M. 1-4 KLASIŲ TVARKARAŠTIS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB4C9AF" w14:textId="77777777" w:rsidR="009144B3" w:rsidRDefault="009144B3" w:rsidP="009144B3">
+    <w:p w14:paraId="1746BC23" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11086" w:type="dxa"/>
+        <w:tblStyle w:val="a"/>
+        <w:tblW w:w="11250" w:type="dxa"/>
         <w:tblInd w:w="-1026" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="599"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="600"/>
+        <w:gridCol w:w="270"/>
+        <w:gridCol w:w="1965"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="2130"/>
+        <w:gridCol w:w="2100"/>
+        <w:gridCol w:w="2025"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="1FF2D61E" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="614A47E6" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:trHeight w:val="440"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="11250" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAC551F" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pStyle w:val="Antrat2"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_b5s9lcnhelgt" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="582C961D" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6526AA76" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B520E3" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2009" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="17664BD5" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BB989B" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pirmadienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4A77F17C" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDA3AC4" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Antradienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="76780A58" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0D3D7C" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Trečiadienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2019" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="7631CC2C" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFC6E13" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ketvirtadienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6F72BE13" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B17B94C" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Penktadienis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="26EED197" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="3155BB70" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="420CF013" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4187B9F7" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0562E511" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF613FF" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2009" w:type="dxa"/>
-[...115 lines deleted...]
-              <w:t>Lietuvių kalba ir lit.</w:t>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1169DA42" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (M)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E6C76E" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuomeninis ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="447D9C4E" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gamtos mokslai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E231E8" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA15563" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="67BC9F76" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="17216905" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="32EB599C" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="410496EC" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="09D981A7" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="681EB067" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2009" w:type="dxa"/>
-[...127 lines deleted...]
-              <w:t>(M)</w:t>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6242FF" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B119D6" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0539017C" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76FAA43F" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matemati</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005840DE">
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="087BF98E" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas(D)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="0C6F25B2" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="6C79A065" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="415"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C6B3A3" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE677B7" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="508B78ED" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AB06F3" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69364C80" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6321BB7D" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tikyba/Etika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2022A751" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="05257694" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4A3E6961" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="110B37F5" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="575D7D36" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766E6FD1" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...142 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C49F83" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63281E5C" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15218AFD" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42DDBE0A" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD04CF7" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasės valandėlė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="724DB298" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="6C6D8154" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1F05E17A" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0942ACE3" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="3FA7C78F" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEF3EE1" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4C2357" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F4A623" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="099644EA" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Šokis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64DE8153" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Informatika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47142F75" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="2AF6AAF8" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40076DF3" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7811D59F" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3D2680" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47FAF283" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="013668A8" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F599913" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B522F8A" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="47C31F99" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="461"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5409C88E" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="165FCEF9" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7493E2B2" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="686CC85D" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="304F81CF" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Gamtos mokslai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...102 lines deleted...]
-              <w:t>Matematika</w:t>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7533BCDC" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuomeninis ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE13BE1" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="13085F6A" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="1DDAA1CE" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="29C95BFE" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A009E6" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2CDAF2F8" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA883D0" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...138 lines deleted...]
-              <w:t>Dailė</w:t>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D5926F" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="205F9E4B" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F48614A" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C916A4" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B768BB6" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="139A3D79" w14:textId="77777777" w:rsidTr="00F109B0">
-[...378 lines deleted...]
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="40D7615B" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="43E03F90" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60CA7259" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="677E29C2" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="51919F6A" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E14F414" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...46 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E4A617" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C49FE4" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C36B803" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...64 lines deleted...]
-              <w:t>Lietuvių kalba ir lit.</w:t>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3DF7D3" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tikyba/Etika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26591DFD" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="178FDCD0" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="0DBF0CC3" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF34A30" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C71C2DD" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="634D97A9" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C02681" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10920339" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Šokis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C926BD0" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="283ED6B1" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasės valandėlė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="5798AC56" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="21BEAFA2" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75593AC0" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2B64AFF2" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2FD481" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...127 lines deleted...]
-              <w:t xml:space="preserve"> (D)</w:t>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F84355" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733C186D" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6381F3DF" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Informatika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B75AFF8" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (M)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEC7D88" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="4696129C" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="51B72A36" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="71"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0516C3D9" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17184898" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="55641CB8" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A5B188" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...46 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04987EBC" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69429AFB" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B40813A" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34AA5315" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05420B46" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00E56214" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E56214" w:rsidRPr="005840DE" w14:paraId="2F2B6F58" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADB32C7" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46380257" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBE9BCB" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasės valandėlė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="446BB2EE" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tikyba/Etika Igr.,2ab</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BC3BC9" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fizinis ugdymas (D)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...71 lines deleted...]
-              <w:t>Matematika</w:t>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4E7A5E" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB934CC" w14:textId="77777777" w:rsidR="00E56214" w:rsidRPr="005840DE" w:rsidRDefault="00000000" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="395AE436" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="52694B20" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0654B920" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305B58EA" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="7B4EBAEA" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6EC999" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...78 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2438BC17" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F94791A" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF69D81" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių k. ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29054D82" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2019" w:type="dxa"/>
-[...38 lines deleted...]
-              <w:t>Visuomeninis ugdymas</w:t>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7B4094" w14:textId="6CBB51C9" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="40B4685E" w14:textId="77777777" w:rsidTr="00F109B0">
-[...145 lines deleted...]
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="3413AF8A" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="403D9CC6" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6414A70D" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C73F0E7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EDA56E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...164 lines deleted...]
-              <w:t>Muzika</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F07329" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="447EABA9" w14:textId="7609C5FF" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8C3BF9" w14:textId="35685712" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E5A789" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0558F1B7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Informatika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="7CDA1AE6" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="683A0F1C" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7242143A" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B42C1C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:right="0"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="6C0EDFC4" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="190CF009" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20615626" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...87 lines deleted...]
-              <w:t>Lietuvių kalba ir lit.</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5132B137" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C57AC7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuomeninis ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5303D811" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5584F1B8" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="2969E537" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="714700FB" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5646EC87" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16629B43" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:right="0"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="79ECE45C" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FEB1701" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DE6E02" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Gamtos mokslai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...68 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682F2B19" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teatras</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74955F41" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21744683" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...16 lines deleted...]
-              <w:t>Lietuvių kalba ir lit.</w:t>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C1D9D9" w14:textId="53264540" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCF0D89" w14:textId="34B7C9D4" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="3DA1253E" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="45A371E1" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="462"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BFD9093" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A026C0" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFB7B4C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB613DD" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D24C57F" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B98C87" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konsultacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0750E665" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="5597F0AC" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5E8B33C3" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A549FA1" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:right="0"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="1D4DB64E" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7CA3A1" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...137 lines deleted...]
-              <w:t>Matematika</w:t>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="479E1D8C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuomeninis ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E05755" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tikyba/Etika Igr.,2ab</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="148318B2" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konsultacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04571CB7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Informatika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF546DD" w14:textId="50D05038" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08AC5079" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gamtos mokslai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="68485691" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="672D5CE8" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6A1E834D" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F8D199" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:right="0"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="2FA021A0" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="248DAFA1" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...136 lines deleted...]
-              <w:t>Fizinis ugdymas</w:t>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A976D2E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4478AB" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D614BC" w14:textId="6EE7C1C7" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E63741" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E292FA" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="4A0A34E0" w14:textId="77777777" w:rsidTr="00F109B0">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="6CB34EA4" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="179"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3A2DD6A3" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52521330" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:right="0"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="0B8FFC84" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B6E949" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...87 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51206EFC" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="644E8EBD" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teatras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C6D6A8" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasės valandėlė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B25B762" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F907F7" w14:textId="00873F19" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="4D12AAD7" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="2D568DC4" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="049B5237" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DCE776" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="55ADBD7A" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A85EE0" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...128 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C9C61" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A180961" w14:textId="398FE45B" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="072CCDC5" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDEB809" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67471752" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="7E1F1C61" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="490"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C895E09" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE96432" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50B5C5C7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6871479F" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD580EB" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05BF8F44" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tikyba </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IIgr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E7D9A7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konsultacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7995AD1D" w14:textId="40E1AB32" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="5751C5B1" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="3E5F78A5" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6030E5ED" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A90B658" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4EF19D8C" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB0003E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...80 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37064628" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BE3B49" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF50F53" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3659B8A5" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0D7573" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="056B0192" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="535"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA430CC" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2c</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F100AB" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B34BA8" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="196A33F7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A584C98" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="487F3018" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2019" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t>Lietuvių kalba ir lit.</w:t>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5264F07E" w14:textId="46731A4E" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="2973FEBC" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="6CC9F2D0" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7719FF4C" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7527F1D0" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="3B640B4F" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1874A61C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E15493A" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...94 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A713BC" w14:textId="1B1DB21D" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anglų kalba</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21ACC8B9" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9D283C" w14:textId="28EE60DC" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="341D8D7E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasės valandėlė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="3E3DB80A" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="7A7B0852" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="62003402" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A74FFD0" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="3CD81608" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="158697EC" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...147 lines deleted...]
-              <w:t>Visuomeninis ugdymas</w:t>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="677EE58A" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Informatika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A38D0CD" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AF1101" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="172C269D" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D200F2" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (B)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="43E6EFA2" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="55E3AFA0" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="60CA2389" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFB2BC5" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="45C218AF" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ACB19AE" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...157 lines deleted...]
-              <w:t>. (D)</w:t>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA4FE61" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BFA4BB" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teatras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="031F7D71" w14:textId="70600529" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1C13EB" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5234FD3B" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="345D39D9" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="381BAEE8" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D840321" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD57C3F" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1C78C456" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0C3EAD" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCD38C1" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F073003" w14:textId="3CC2EE5D" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C9AC25" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gamtos mokslai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70DDE519" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tikyba/Etika II gr.,2c</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BAAF23C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuomeninis ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="66D68A6C" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1911BC39" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="586E8430" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2009" w:type="dxa"/>
-[...126 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D20918" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB3A785" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2E964B" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F48BA8C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Konsultacija</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24297E14" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="5C333322" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="027EDC35" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="660"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F89442C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60093E40" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA5F72A" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4307DEE6" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasės valandėlė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFEF2D3" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B65741" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="783E20D7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="5B5B0CCB" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7781032F" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D299B8" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45601817" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...56 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1288F895" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB537E2" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="622DA514" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C22D127" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...91 lines deleted...]
-              <w:t>Lietuvių kalba ir literatūra</w:t>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBE7353" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="2F1617FD" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="11EECFB2" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="333D9896" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F06B930" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5D138849" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFB406D" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...24 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74E37534" w14:textId="2E813E38" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...84 lines deleted...]
-              <w:t>Anglų kalba</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55144366" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tikyba/Etika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="056A9579" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F4E845" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="227F8A71" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="4DA9DBC8" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="05070535" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7DA311EF" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A28D73" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="73F3F389" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24192795" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74103872" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Šokis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D526BE5" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E01FB0B" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...79 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D08C072" w14:textId="794E434C" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CB9B07" w14:textId="2EF78335" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gamtos mokslai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="79275CDD" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="795F756D" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E28D91F" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="601E6449" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FA1F30" w14:textId="04D621A8" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8B1FAB" w14:textId="1848BB62" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuomeninis ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4ADBE8" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E325A0" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="4409E868" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="394"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76228025" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="249B0102" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69825D0D" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konsultacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4938A5D2" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matematikos modulis/ Lietuvių kalbos </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>modu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3E4AEC" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79CD0D35" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A80A36A" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="0E1A072B" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="276"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B25C1E3" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="028BEEB8" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D51C6BC" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5541F57C" w14:textId="07B90DD9" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E73890F" w14:textId="51B4F9FA" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="115DFDB0" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD9F85E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="08B0367F" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="211E62C3" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="291"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1791A802" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E70EB9" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="402C9950" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A025E31" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E44642" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B681E41" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="545D7A01" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="3FBEB886" w14:textId="77777777" w:rsidTr="005840DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="429"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BFA9FC" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E8E58A" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BAB36E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="568243B3" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6C0178" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70813175" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27533FAE" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gamtos mokslai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="176B66D3" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0861762E" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B9BD02" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1DFF731E" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A949E69" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...53 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="328E1430" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1950" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>Gamtos mokslai</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA93A99" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tikyba/Etika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A39CC28" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="465A0CCC" w14:textId="6E2E9F97" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A9C807" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="732C20FB" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="0A965B03" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B274DB2" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E545B90" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5DDCA245" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55494B8C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E42873" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F0C7E1" w14:textId="4712A2ED" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E30BF34" w14:textId="1434F3BF" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuomeninis ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F241E23" w14:textId="361C6BB5" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A4DBEF" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Technologijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...53 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="7CFA8CBB" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="52C1EC5F" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="475"/>
+          <w:trHeight w:val="443"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7EFA21F5" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="452E26E1" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...121 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="169666B3" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22EE9627" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Šokis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="360327B1" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32167CC1" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...10 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23BCCE95" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4DF522" w14:textId="11C4C03A" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A93A74" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="155E8793" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="704C4E57" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="480"/>
+          <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="32F5CAC2" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7495DC3D" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="342F074C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...58 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B37C142" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FDC1DD" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konsultacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="460320AA" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matematikos modulis/ Lietuvių kalbos modulis </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0108EA76" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Klasės valandėlė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...89 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6AA84F"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E175608" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="2D5AC3CE" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="735C1E3A" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="6C3C0D04" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A665851" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...117 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0356E6E2" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E41C35" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="451AE842" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344CFF00" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="6AA84F"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DF605F" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konsultacija /Etika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="6AA84F"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="6AA84F"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="6AA84F"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="6AA84F"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C80C6EB" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="4E17EA4C" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="0A61E2C4" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0E16821E" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="300096D3" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="108A68EE" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A6EAF4" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...47 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B90655D" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8D68A5" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teatras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04F43CD7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CEAEBE" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="6AA84F"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C127010" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...71 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="75AED838" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="2008D302" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="06843F3A" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68454195" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="1A7A50D7" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F1DCCD" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B07EFD" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...96 lines deleted...]
-              <w:t>Gamtos mokslai</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E047391" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD282B5" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25ED0524" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EAF013" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="48C1C451" w14:textId="77777777" w:rsidTr="00FD6805">
-[...1022 lines deleted...]
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="0B535588" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="6B9F9534" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="525F5CC9" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D93BFDB" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="2F775EF1" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7833FD03" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7E4EBA" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuomeninis ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="719F3279" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba ir literatūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0360445F" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gamtos mokslai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2BA018" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...85 lines deleted...]
-              <w:t>Matematika</w:t>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A9794E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="1604F82E" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="3ECB22CE" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1704FA88" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="642BCCFF" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="350BE8C2" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F643C0F" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4360FB18" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasės valandėlė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8D9411" w14:textId="3C2D9802" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (L)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="93C47D"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="247653E7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...101 lines deleted...]
-              <w:t>Visuomeninis ugdymas</w:t>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7D84FB" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6376A2" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Modulis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="69FFAE73" w14:textId="77777777" w:rsidTr="00FD6805">
-[...382 lines deleted...]
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="28DA238F" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="158F7D86" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5CC7370C" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12031FB7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE47205" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...161 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F6E8AF" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="93C47D"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55494442" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tikyba </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="93C47D"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="93C47D"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="93C47D"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="93C47D"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76CC8B24" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="93C47D"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2002DBE4" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BA7E64" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="22E81B34" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="4348F786" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="46C17A06" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCF4430" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...76 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7677BC5A" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A81BD82" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2019" w:type="dxa"/>
-[...48 lines deleted...]
-              <w:t>Matematika</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5004F6" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teatras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="93C47D"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EDB17F3" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2632A32A" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tikyba/etika 4ab?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAA4C95" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="56933E47" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="10247B66" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3D685EC0" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="614CB235" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="6807C2D1" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="565D95FC" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F4FD29D" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="144FCAB9" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5420CE15" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098EE249" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lietuvių kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="498BB827" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...76 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="5F5E3A0F" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="1A070C7A" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="69C8FDA3" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="629EB99D" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="255" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5EB739DE" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E43B9C3" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...77 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="073A661B" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2019" w:type="dxa"/>
-[...38 lines deleted...]
-              <w:t>Lietuvių kalba ir literatūra</w:t>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="666BBB73" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0319F8" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68082E36" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE1B5C5" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (M)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="3B8BE9B6" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="5B7F1F9B" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3CE636C1" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7669DB" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="66CF53C4" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C7BF9E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="120EC7B3" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0FD373" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuomeninis ugdymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="662FD02C" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53520951" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gamtos mokslai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3C4065" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dailė</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...104 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="6F5D54E1" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w:rsidRPr="005840DE" w14:paraId="1B5817FF" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0191C509" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36EC7100" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="50409C8C" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+                <w:color w:val="FFFF00"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B7D1DC" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0039568D">
-[...117 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51FABBFD" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasės valandėlė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0AB54D" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D9FD07" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anglų kalba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CCB5E8" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6B603E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009144B3" w:rsidRPr="0039568D" w14:paraId="26D6FC75" w14:textId="77777777" w:rsidTr="00FD6805">
+      <w:tr w:rsidR="00A8624F" w14:paraId="658BD6F1" w14:textId="77777777" w:rsidTr="005840DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="599" w:type="dxa"/>
-[...188 lines deleted...]
-            <w:tcW w:w="599" w:type="dxa"/>
+            <w:tcW w:w="600" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="209FE474" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9D53A7" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...591 lines deleted...]
-            <w:r w:rsidRPr="0039568D">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="379EE21E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6555786E" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fizinis ugdymas (D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFA0481" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="048B9BF6" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRPr="005840DE" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konsultacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AEAF0B3" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840DE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Modulis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...253 lines deleted...]
-          <w:p w14:paraId="73362E42" w14:textId="77777777" w:rsidR="009144B3" w:rsidRPr="0039568D" w:rsidRDefault="009144B3" w:rsidP="00FD6805">
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2220F60B" w14:textId="77777777" w:rsidR="00A8624F" w:rsidRDefault="00A8624F" w:rsidP="005840DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24DD9EED" w14:textId="77777777" w:rsidR="009144B3" w:rsidRDefault="009144B3"/>
-    <w:sectPr w:rsidR="009144B3" w:rsidSect="00F109B0">
+    <w:p w14:paraId="40C1B850" w14:textId="77777777" w:rsidR="00E56214" w:rsidRDefault="00E56214"/>
+    <w:sectPr w:rsidR="00E56214" w:rsidSect="002D75F3">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="849" w:bottom="284" w:left="1276" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="849" w:bottom="993" w:left="1276" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{A2F5F22E-2AF6-4189-BF89-BB705CEC8B5F}"/>
+    <w:embedItalic r:id="rId2" w:fontKey="{97BFB210-CBE9-48AF-B2EB-C0A4D8DE8574}"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{1D04FB94-6362-4448-9CDA-A98E28AA646E}"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{737EDB31-2747-4F92-B6FA-FAE43082F8E6}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="1296"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A6761"/>
-[...34 lines deleted...]
-    <w:rsid w:val="00FA7A81"/>
+    <w:rsidRoot w:val="00E56214"/>
+    <w:rsid w:val="00174A99"/>
+    <w:rsid w:val="00180C28"/>
+    <w:rsid w:val="001A168F"/>
+    <w:rsid w:val="002D75F3"/>
+    <w:rsid w:val="003923FF"/>
+    <w:rsid w:val="005840DE"/>
+    <w:rsid w:val="00633559"/>
+    <w:rsid w:val="007F3501"/>
+    <w:rsid w:val="008D3EAD"/>
+    <w:rsid w:val="00997970"/>
+    <w:rsid w:val="00A8624F"/>
+    <w:rsid w:val="00A93A74"/>
+    <w:rsid w:val="00E56214"/>
+    <w:rsid w:val="00F675F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="39A00E35"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{F23F556E-A8B9-428D-9932-569FD18ACDE5}"/>
+  <w14:docId w14:val="2F7570BB"/>
+  <w15:docId w15:val="{8E55B890-7017-462C-923F-8734B7F02462}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="lt" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-249"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11264,519 +10641,609 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003A6761"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:right="-249"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentarotekstas">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="prastasis"/>
-    <w:link w:val="KomentarotekstasDiagrama"/>
-[...11 lines deleted...]
-    <w:rsid w:val="003A6761"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Komentaronuoroda">
-[...5 lines deleted...]
-    <w:rsid w:val="003A6761"/>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentarotema">
-[...47 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2806</Words>
-  <Characters>1600</Characters>
+  <Words>3036</Words>
+  <Characters>1731</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4398</CharactersWithSpaces>
+  <CharactersWithSpaces>4758</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Mokytojas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>